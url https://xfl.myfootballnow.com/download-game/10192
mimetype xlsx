--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -335,51 +335,51 @@
   <si>
     <t>#93 Donnie Huerta - LDE</t>
   </si>
   <si>
     <t>#9 Sheldon Wallace - K</t>
   </si>
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>MEM 25</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MEM 25 (15:00) 10-John Bennett pass complete to 14-James Fain to MEM 27 for 2 yards. Pushed out of bounds by 31-Andrew Hall.</t>
   </si>
   <si>
     <t>#4 John Bennett - QB</t>
   </si>
   <si>
-    <t>#83 Reinaldo Millet - WR</t>
+    <t>#83 Reinaldo Millet - LT</t>
   </si>
   <si>
     <t>#12 Bobby Covert - WR</t>
   </si>
   <si>
     <t>#21 Richard Davis - RB</t>
   </si>
   <si>
     <t>#86 James Fain - WR</t>
   </si>
   <si>
     <t>#51 Michael Rosenfeld - LT</t>
   </si>
   <si>
     <t>#62 Ryan Gates - LG</t>
   </si>
   <si>
     <t>#80 Patrick Brunet - C</t>
   </si>
   <si>
     <t>#71 David March - C</t>
   </si>
   <si>
     <t>#69 Edward Leal - RT</t>
   </si>