--- v1 (2025-11-09)
+++ v2 (2025-12-08)
@@ -335,75 +335,75 @@
   <si>
     <t>#93 Donnie Huerta - LDE</t>
   </si>
   <si>
     <t>#9 Sheldon Wallace - K</t>
   </si>
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>MEM 25</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MEM 25 (15:00) 10-John Bennett pass complete to 14-James Fain to MEM 27 for 2 yards. Pushed out of bounds by 31-Andrew Hall.</t>
   </si>
   <si>
     <t>#4 John Bennett - QB</t>
   </si>
   <si>
-    <t>#83 Reinaldo Millet - LT</t>
+    <t>#83 Reinaldo Millet - WR</t>
   </si>
   <si>
     <t>#12 Bobby Covert - WR</t>
   </si>
   <si>
     <t>#21 Richard Davis - RB</t>
   </si>
   <si>
     <t>#86 James Fain - WR</t>
   </si>
   <si>
     <t>#51 Michael Rosenfeld - LT</t>
   </si>
   <si>
-    <t>#62 Ryan Gates - LG</t>
+    <t>#51 Ryan Gates - LG</t>
   </si>
   <si>
     <t>#80 Patrick Brunet - C</t>
   </si>
   <si>
     <t>#71 David March - C</t>
   </si>
   <si>
-    <t>#69 Edward Leal - RT</t>
+    <t>#68 Edward Leal - RT</t>
   </si>
   <si>
     <t>#78 David Dodge - DT</t>
   </si>
   <si>
     <t>#52 Gil Whitman - DT</t>
   </si>
   <si>
     <t>#44 Miguel Watkins - MLB</t>
   </si>
   <si>
     <t>#96 Timothy Marez - DT</t>
   </si>
   <si>
     <t>#45 Wilbur Patrick - WLB</t>
   </si>
   <si>
     <t>#33 Chad Meaux - SLB</t>
   </si>
   <si>
     <t>#53 Keith Smith - SLB</t>
   </si>
   <si>
     <t>#6 Brandon Noble - CB</t>
   </si>
@@ -443,51 +443,51 @@
   <si>
     <t>#42 Joseph Salerno - WLB</t>
   </si>
   <si>
     <t>#17 David Hooks - CB</t>
   </si>
   <si>
     <t>#32 John Doe - CB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>VAN 50</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-VAN 50 (13:39) 37-Reinaldo Millet ran to VAN 45 for 5 yards. Tackle by 92-Joseph Salerno.</t>
   </si>
   <si>
     <t>#20 Thomas Gibbons - RB</t>
   </si>
   <si>
-    <t>#12 Charles Farrow - WR</t>
+    <t>#86 Charles Farrow - WR</t>
   </si>
   <si>
     <t>#43 William Willis - WR</t>
   </si>
   <si>
     <t>#75 Joel Schaffer - DT</t>
   </si>
   <si>
     <t>#48 John Hoss - SS</t>
   </si>
   <si>
     <t>#25 Paul Lowe - CB</t>
   </si>
   <si>
     <t>#48 Stewart Sutera - SLB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>VAN 45</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
@@ -593,57 +593,57 @@
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>MEM 35</t>
   </si>
   <si>
     <t>(9:36) 4-William Davis kicks 74 yards from MEM 35 to VAN -9. Touchback.</t>
   </si>
   <si>
     <t>#42 Richard Brown - FB</t>
   </si>
   <si>
     <t>VAN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-VAN 25 (9:36) 13-David Talty ran to VAN 25 for a short gain. Tackle by 49-Claude Miller. MEM 28-Luis Adams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#15 Wilbur Williams - QB</t>
+    <t>#7 Wilbur Williams - QB</t>
   </si>
   <si>
     <t>#13 David Talty - WR</t>
   </si>
   <si>
-    <t>#84 John Castle - TE</t>
+    <t>#47 John Castle - FB</t>
   </si>
   <si>
     <t>#5 Francis Justice - WR</t>
   </si>
   <si>
     <t>#2 Julius Hedin - WR</t>
   </si>
   <si>
     <t>#8 Evan Edge - WR</t>
   </si>
   <si>
     <t>#71 Fred Stacey - RG</t>
   </si>
   <si>
     <t>#68 Joseph Coffey - RT</t>
   </si>
   <si>
     <t>#50 Dallas Johnson - C</t>
   </si>
   <si>
     <t>#50 Douglas Boyd - LG</t>
   </si>
   <si>
     <t>#68 Daniel Graham - C</t>
   </si>
@@ -2158,51 +2158,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD170"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="298.356" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>