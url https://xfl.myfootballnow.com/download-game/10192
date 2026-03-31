--- v2 (2025-12-08)
+++ v3 (2026-03-31)
@@ -335,51 +335,51 @@
   <si>
     <t>#93 Donnie Huerta - LDE</t>
   </si>
   <si>
     <t>#9 Sheldon Wallace - K</t>
   </si>
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>MEM 25</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MEM 25 (15:00) 10-John Bennett pass complete to 14-James Fain to MEM 27 for 2 yards. Pushed out of bounds by 31-Andrew Hall.</t>
   </si>
   <si>
     <t>#4 John Bennett - QB</t>
   </si>
   <si>
-    <t>#83 Reinaldo Millet - WR</t>
+    <t>#83 Reinaldo Millet - C</t>
   </si>
   <si>
     <t>#12 Bobby Covert - WR</t>
   </si>
   <si>
     <t>#21 Richard Davis - RB</t>
   </si>
   <si>
     <t>#86 James Fain - WR</t>
   </si>
   <si>
     <t>#51 Michael Rosenfeld - LT</t>
   </si>
   <si>
     <t>#51 Ryan Gates - LG</t>
   </si>
   <si>
     <t>#80 Patrick Brunet - C</t>
   </si>
   <si>
     <t>#71 David March - C</t>
   </si>
   <si>
     <t>#68 Edward Leal - RT</t>
   </si>
@@ -2209,51 +2209,51 @@
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">