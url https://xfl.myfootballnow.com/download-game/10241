--- v0 (2025-12-19)
+++ v1 (2026-02-05)
@@ -383,57 +383,57 @@
   <si>
     <t>#62 Jim Bemis - LT</t>
   </si>
   <si>
     <t>#72 Michael Whaley - LDE</t>
   </si>
   <si>
     <t>#50 Michael Wilson - DT</t>
   </si>
   <si>
     <t>#79 Nicholas Matias - CB</t>
   </si>
   <si>
     <t>#58 Thomas Gooch - RDE</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
+    <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>#47 Chester Smith - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>LAC 34</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-1-LAC 34 (14:23) 12-Lee Chen pass complete to 82-Trevor Warrior to PNX 46 for 19 yards. Tackle by 32-Chester Smith. 82-Trevor Warrior breaks down the CB.</t>
   </si>
   <si>
     <t>#7 Alfredo Barr - RB</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
@@ -1622,51 +1622,51 @@
   <si>
     <t>2-12-PNX 43 (15:00) 23-James Arnold ran to PNX 39 for 4 yards. 23-James Arnold FUMBLES (95-Thomas Reyes) recovered by LAC-53-Jim Bemis at PNX 39. Tackle by 39-Jeffrey Daniels. PNX 30-Daniel Jenkins was injured on the play.</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>PNX 39</t>
   </si>
   <si>
     <t>Shotgun Normal Post Flags</t>
   </si>
   <si>
     <t>3-8-PNX 39 (14:20) 12-Lee Chen pass Pass knocked down by 28-Anthony Mansfield. incomplete, intended for 86-James Poarch. 28-Anthony Mansfield got away with a hold on that play.</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>4-8-PNX 39 (14:17) 7-Gary Price 56 yard field goal is GOOD. LAC 3 PNX 3</t>
   </si>
   <si>
     <t>#5 Vito Robinson - QB</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#59 Robert Gillmore - RDE</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>(14:13) 7-Gary Price kicks 67 yards from LAC 35 to PNX -2. 85-Stephen Powell for 102yards. TOUCHDOWN! LAC 3 PNX 9</t>
   </si>
   <si>
     <t>13:57</t>
   </si>
   <si>
     <t>(13:58) Extra point by 8-Joseph Day is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>(13:58) 8-Joseph Day kicks 69 yards from PNX 35 to LAC -4. Touchback.</t>
   </si>
   <si>
     <t>1-10-LAC 25 (13:58) 12-Lee Chen pass Pass knocked down by 49-Troy Winchell. incomplete, intended for 85-Andre Williams.</t>
   </si>
   <si>
     <t>13:54</t>
   </si>