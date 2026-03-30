--- v1 (2026-02-05)
+++ v2 (2026-03-30)
@@ -1622,51 +1622,51 @@
   <si>
     <t>2-12-PNX 43 (15:00) 23-James Arnold ran to PNX 39 for 4 yards. 23-James Arnold FUMBLES (95-Thomas Reyes) recovered by LAC-53-Jim Bemis at PNX 39. Tackle by 39-Jeffrey Daniels. PNX 30-Daniel Jenkins was injured on the play.</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>PNX 39</t>
   </si>
   <si>
     <t>Shotgun Normal Post Flags</t>
   </si>
   <si>
     <t>3-8-PNX 39 (14:20) 12-Lee Chen pass Pass knocked down by 28-Anthony Mansfield. incomplete, intended for 86-James Poarch. 28-Anthony Mansfield got away with a hold on that play.</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>4-8-PNX 39 (14:17) 7-Gary Price 56 yard field goal is GOOD. LAC 3 PNX 3</t>
   </si>
   <si>
     <t>#5 Vito Robinson - QB</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#59 Robert Gillmore - RDE</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>(14:13) 7-Gary Price kicks 67 yards from LAC 35 to PNX -2. 85-Stephen Powell for 102yards. TOUCHDOWN! LAC 3 PNX 9</t>
   </si>
   <si>
     <t>13:57</t>
   </si>
   <si>
     <t>(13:58) Extra point by 8-Joseph Day is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>(13:58) 8-Joseph Day kicks 69 yards from PNX 35 to LAC -4. Touchback.</t>
   </si>
   <si>
     <t>1-10-LAC 25 (13:58) 12-Lee Chen pass Pass knocked down by 49-Troy Winchell. incomplete, intended for 85-Andre Williams.</t>
   </si>
   <si>
     <t>13:54</t>
   </si>