--- v0 (2025-12-19)
+++ v1 (2026-02-05)
@@ -497,66 +497,66 @@
   <si>
     <t>#90 Michael Esquivel - WLB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>VBA 32</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-VBA 32 (14:15) 87-Aubrey Lawson ran to VBA 36 for 4 yards. Tackle by 28-Luis Adams.</t>
   </si>
   <si>
     <t>#11 Larry Scruggs - QB</t>
   </si>
   <si>
     <t>#84 Anthony Stembridge - WR</t>
   </si>
   <si>
-    <t>#11 Aubrey Lawson - C</t>
+    <t>#63 Aubrey Lawson - C</t>
   </si>
   <si>
     <t>#11 Walter Davis - WR</t>
   </si>
   <si>
     <t>#87 Paul Titus - WR</t>
   </si>
   <si>
     <t>#80 Jeffrey Long - WR</t>
   </si>
   <si>
     <t>#71 George Reed - RG</t>
   </si>
   <si>
-    <t>#69 Dwight Harmon - RG</t>
+    <t>#69 Dwight Harmon - C</t>
   </si>
   <si>
     <t>#54 Reginald Crosby - C</t>
   </si>
   <si>
     <t>#76 Stanley Brown - LT</t>
   </si>
   <si>
     <t>#76 Matthew Born - RG</t>
   </si>
   <si>
     <t>#93 Isaac Williams - LDE</t>
   </si>
   <si>
     <t>#93 Darrell Dustin - DT</t>
   </si>
   <si>
     <t>#48 Jared Jones - DT</t>
   </si>
   <si>
     <t>#29 Roger Swearingen - MLB</t>
   </si>
   <si>
     <t>#92 Levi Dolin - CB</t>
   </si>