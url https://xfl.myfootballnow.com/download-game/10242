--- v1 (2026-02-05)
+++ v2 (2026-03-30)
@@ -335,51 +335,51 @@
   <si>
     <t>#49 Claude Miller - CB</t>
   </si>
   <si>
     <t>#4 Timothy Griffin - K</t>
   </si>
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>MEM 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-MEM 25 (15:00) 10-John Bennett pass incomplete, intended for 84-John Rondon.</t>
   </si>
   <si>
     <t>#4 John Bennett - QB</t>
   </si>
   <si>
-    <t>#83 Reinaldo Millet - WR</t>
+    <t>#83 Reinaldo Millet - C</t>
   </si>
   <si>
     <t>#52 Gerald Antoine - LG</t>
   </si>
   <si>
     <t>#84 John Rondon - TE</t>
   </si>
   <si>
     <t>#12 Bobby Covert - WR</t>
   </si>
   <si>
     <t>#43 William Willis - WR</t>
   </si>
   <si>
     <t>#51 Michael Rosenfeld - LT</t>
   </si>
   <si>
     <t>#51 Ryan Gates - LG</t>
   </si>
   <si>
     <t>#80 Patrick Brunet - C</t>
   </si>
   <si>
     <t>#75 Victor Hughes - C</t>
   </si>
@@ -2272,57 +2272,57 @@
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">