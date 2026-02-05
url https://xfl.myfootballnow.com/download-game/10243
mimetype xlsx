--- v0 (2025-12-19)
+++ v1 (2026-02-05)
@@ -458,51 +458,51 @@
   <si>
     <t>IND 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-IND 33 (12:57) 7-James Hummell punts 47 yards to MTG 21. Fair Catch by 12-Thomas Eveland.</t>
   </si>
   <si>
     <t>#7 James Hummell - P</t>
   </si>
   <si>
     <t>#56 Kevin Giglio - C</t>
   </si>
   <si>
     <t>#12 Thomas Eveland - C</t>
   </si>
   <si>
     <t>#23 Russell Sullivan - CB</t>
   </si>
   <si>
-    <t>#37 Leonard Carter - FS</t>
+    <t>#33 Leonard Carter - FS</t>
   </si>
   <si>
     <t>#97 Paul Zelaya - CB</t>
   </si>
   <si>
     <t>#67 Boyd Matos - C</t>
   </si>
   <si>
     <t>#66 Calvin Brotherton - RG</t>
   </si>
   <si>
     <t>#50 Ryan Butler - LG</t>
   </si>
   <si>
     <t>#54 Timothy Ballard - C</t>
   </si>
   <si>
     <t>#55 Daniel Allen - SLB</t>
   </si>
   <si>
     <t>#95 Alejandro Lightfoot - FS</t>
   </si>
   <si>
     <t>#65 Justin Brooks - RDE</t>
   </si>
@@ -551,51 +551,51 @@
   <si>
     <t>#71 Oscar Wallace - RT</t>
   </si>
   <si>
     <t>#56 Peter Epperly - LDE</t>
   </si>
   <si>
     <t>#69 Karl Tong - DT</t>
   </si>
   <si>
     <t>#61 Bobby Thomas - DT</t>
   </si>
   <si>
     <t>#75 Mike Buchanan - SLB</t>
   </si>
   <si>
     <t>#41 Woodrow Yeary - CB</t>
   </si>
   <si>
     <t>#24 Ivan Cook - WLB</t>
   </si>
   <si>
     <t>#37 Everett Redford - SS</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#36 Ronald Buckingham - CB</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>MTG 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-5-MTG 25 (12:14) 19-Timothy Hernandez ran to MTG 25 for a short loss. Tackle by 24-Ivan Cook.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>