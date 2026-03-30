--- v1 (2026-02-05)
+++ v2 (2026-03-30)
@@ -404,51 +404,51 @@
   <si>
     <t>#41 Ronald Miller - CB</t>
   </si>
   <si>
     <t>#48 Elmer Crocker - MLB</t>
   </si>
   <si>
     <t>#36 Michael Haynie - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>IND 28</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-7-IND 28 (14:19) 23-Danny Melillo ran to IND 29 for 2 yards. Tackle by 72-Steven Coddington.</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - WR</t>
+    <t>#19 Phillip Mandell - C</t>
   </si>
   <si>
     <t>#21 James Langham - WR</t>
   </si>
   <si>
     <t>#10 George Andrade - WR</t>
   </si>
   <si>
     <t>#97 Douglas James - WLB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>IND 29</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>3-6-IND 29 (13:35) 18-Johnathan Cantu pass complete to 19-Phillip Mandell to IND 33 for 3 yards. Tackle by 48-Michael Hudock. 48-Michael Hudock got away with a hold on that play.</t>
   </si>