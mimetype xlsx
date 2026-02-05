--- v0 (2025-12-19)
+++ v1 (2026-02-05)
@@ -347,51 +347,51 @@
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-GCG 25 (15:00) 16-Robbie Heath pass incomplete, dropped by 85-John Long. Pressure by 54-Joshua McIver.</t>
   </si>
   <si>
     <t>#16 Robbie Heath - QB</t>
   </si>
   <si>
     <t>#78 Bob    Cedric - LG</t>
   </si>
   <si>
     <t>#4 O.G. Kush - C</t>
   </si>
   <si>
     <t>#85 John Long - WR</t>
   </si>
   <si>
     <t>#89 Fab  Morvan  - WR</t>
   </si>
   <si>
-    <t>#51 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>#61 Willie Birdsong - RG</t>
   </si>
   <si>
     <t>#54 Marty McFly - C</t>
   </si>
   <si>
     <t>#78 Logan Vogt - LG</t>
   </si>
   <si>
     <t>#72 Alex P. Keaton - RT</t>
   </si>
   <si>
     <t>#74 Bo Johnson - LDE</t>
   </si>
   <si>
     <t>#98 Martin Guillory - DT</t>
   </si>
   <si>
     <t>#91 Scott Johnson - MLB</t>
   </si>
   <si>
     <t>#54 Joshua McIver - LDE</t>
   </si>
@@ -2365,94 +2365,94 @@
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="380.907" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>