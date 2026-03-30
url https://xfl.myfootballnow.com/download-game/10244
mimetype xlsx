--- v1 (2026-02-05)
+++ v2 (2026-03-30)
@@ -311,51 +311,51 @@
   <si>
     <t>#23 Ernest Phu - CB</t>
   </si>
   <si>
     <t>#53 Robert Flores - WLB</t>
   </si>
   <si>
     <t>#76 Michael Mann - RDE</t>
   </si>
   <si>
     <t>#43 Berry Gelato - FS</t>
   </si>
   <si>
     <t>#51 Jose Hayes - MLB</t>
   </si>
   <si>
     <t>#52 Rob  Pilatus - SLB</t>
   </si>
   <si>
     <t>#48 Seamus McSpeedy - SLB</t>
   </si>
   <si>
     <t>#29 Jae Schultz - FS</t>
   </si>
   <si>
-    <t>#42 Liam McStrong - SS</t>
+    <t>#42 Liam McStrong - LDE</t>
   </si>
   <si>
     <t>#19 William Camacho - K</t>
   </si>
   <si>
     <t>GCG</t>
   </si>
   <si>
     <t>GCG 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-GCG 25 (15:00) 16-Robbie Heath pass incomplete, dropped by 85-John Long. Pressure by 54-Joshua McIver.</t>
   </si>
   <si>
     <t>#16 Robbie Heath - QB</t>
   </si>
   <si>
     <t>#78 Bob    Cedric - LG</t>
   </si>