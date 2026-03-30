--- v0 (2025-12-19)
+++ v1 (2026-03-30)
@@ -356,51 +356,51 @@
   <si>
     <t>#8 John Turner - QB</t>
   </si>
   <si>
     <t>#36 Roberto Parks - RB</t>
   </si>
   <si>
     <t>#86 Joseph Hearn - C</t>
   </si>
   <si>
     <t>#14 Harold Wilson - WR</t>
   </si>
   <si>
     <t>#86 Adam Powell - WR</t>
   </si>
   <si>
     <t>#52 Terry Swanson - C</t>
   </si>
   <si>
     <t>#55 Stephen Barnes - C</t>
   </si>
   <si>
     <t>#74 Adolfo Walters - C</t>
   </si>
   <si>
-    <t>#76 Vincent Decastro - LG</t>
+    <t>#73 Vincent Decastro - LG</t>
   </si>
   <si>
     <t>#66 Scott Medellin - RT</t>
   </si>
   <si>
     <t>#91 Joseph Fetter - LDE</t>
   </si>
   <si>
     <t>#97 Fernando Reeves - DT</t>
   </si>
   <si>
     <t>#58 Edwin Litwin - DT</t>
   </si>
   <si>
     <t>#99 Keith Aguilar - LDE</t>
   </si>
   <si>
     <t>#51 Joseph Sanders - MLB</t>
   </si>
   <si>
     <t>#55 Joseph Everitt - MLB</t>
   </si>
   <si>
     <t>#43 Jerry Cook - CB</t>
   </si>
@@ -617,51 +617,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:22) Extra point GOOD by 14-Charles Scruggs. OAK 7 PIT 0</t>
   </si>
   <si>
     <t>#7 Wayne Martinez - QB</t>
   </si>
   <si>
     <t>#51 Douglas Singleton - RG</t>
   </si>
   <si>
     <t>#67 Jesse Rodrigues - RT</t>
   </si>
   <si>
     <t>#77 Samuel Hughes - LG</t>
   </si>
   <si>
     <t>#62 Jerome Summers - LG</t>
   </si>
   <si>
-    <t>#94 James Muirhead - MLB</t>
+    <t>#94 James Muirhead - LDE</t>
   </si>
   <si>
     <t>#33 Tony Hayes - CB</t>
   </si>
   <si>
     <t>#52 John Dean - SLB</t>
   </si>
   <si>
     <t>(11:22) 14-Charles Scruggs kicks 74 yards from OAK 35 to PIT -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 25 (11:22) 8-John Turner pass incomplete, intended for 15-Adam Powell.</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>2-10-PIT 25 (11:18) 26-Roberto Parks ran to PIT 31 for 6 yards. Tackle by 43-Anthony Costello.</t>
   </si>