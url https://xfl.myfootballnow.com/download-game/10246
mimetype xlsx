--- v0 (2025-12-19)
+++ v1 (2026-02-05)
@@ -296,90 +296,90 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Clinton Matheson kicks 61 yards from TBY 35 to MIA 4. 85-Timothy Nunes to MIA 22 for 19 yards. Tackle by 17-Jamar Quick.</t>
   </si>
   <si>
     <t>#85 Timothy Nunes - WR</t>
   </si>
   <si>
     <t>#43 Harry Jones - CB</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
   <si>
     <t>#80 James Dyson - LG</t>
   </si>
   <si>
     <t>#54 Robert Thompson - SLB</t>
   </si>
   <si>
-    <t>#49 Charles Waters - FS</t>
+    <t>#25 Charles Waters - FS</t>
   </si>
   <si>
     <t>#40 Guadalupe Robinson - CB</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
     <t>#11 William Vance - WR</t>
   </si>
   <si>
     <t>#95 Lewis Jones - WLB</t>
   </si>
   <si>
     <t>#63 Thomas Haney - DT</t>
   </si>
   <si>
     <t>#8 Clinton Matheson - K</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>MIA 22</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 22 (14:57) 17-Juan Dotson pass complete to 88-Melvin Heller to MIA 33 for 11 yards. Tackle by 45-Garrett Holt. 88-Melvin Heller breaks down the CB.</t>
   </si>
   <si>
-    <t>#11 Juan Dotson - QB</t>
+    <t>#2 Juan Dotson - QB</t>
   </si>
   <si>
     <t>#18 Samuel Sharma - WR</t>
   </si>
   <si>
     <t>#46 Larry Denault - RB</t>
   </si>
   <si>
     <t>#87 Alfonso Wallace - WR</t>
   </si>
   <si>
     <t>#88 Melvin Heller - WR</t>
   </si>
   <si>
     <t>#89 Seth Ibanez - WR</t>
   </si>
   <si>
     <t>#78 Henry Peterson - RG</t>
   </si>
   <si>
     <t>#65 James Woolfolk - C</t>
   </si>
   <si>
     <t>#79 Thomas Williams - LG</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>#43 Armando Sampson - FB</t>
   </si>
   <si>
     <t>#34 Colby Hawkins - RB</t>
   </si>
   <si>
     <t>#15 Travis Bacon - WR</t>
   </si>
   <si>
     <t>#62 Woodrow Miranda - LT</t>
   </si>
   <si>
     <t>#63 Jerry Jensen - C</t>
   </si>
   <si>
     <t>#70 John Parsons - C</t>
   </si>
   <si>
     <t>#73 Jack Russell - RG</t>
   </si>
   <si>
     <t>#70 Gregory Johnson - RT</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#76 John Green - DT</t>
   </si>
   <si>
     <t>#76 Anthony Figueroa - RDE</t>
   </si>
   <si>
     <t>#42 Jeffery Dominguez - SS</t>
   </si>
   <si>
     <t>#2 Ken Pace - CB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#28 Greg McKenzie - SS</t>
   </si>
   <si>
     <t>#21 Aaron Dalton - CB</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
@@ -2305,51 +2305,51 @@
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>