--- v1 (2026-02-05)
+++ v2 (2026-03-30)
@@ -398,51 +398,51 @@
   <si>
     <t>#82 Robert Garcia - RDE</t>
   </si>
   <si>
     <t>#91 William Bridwell - LDE</t>
   </si>
   <si>
     <t>#3 James Rosen - CB</t>
   </si>
   <si>
     <t>#57 Russel Bernhardt - SS</t>
   </si>
   <si>
     <t>#55 Michael Schrader - SS</t>
   </si>
   <si>
     <t>#35 Phillip Stthomas - CB</t>
   </si>
   <si>
     <t>#26 William Allard - CB</t>
   </si>
   <si>
     <t>#36 William Estrella - SS</t>
   </si>
   <si>
-    <t>#46 Garrett Holt - CB</t>
+    <t>#46 Garrett Holt - RDE</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>MIA 33</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MIA 33 (14:20) 85-Timothy Nunes ran to MIA 47 for 13 yards. Tackle by 26-William Allard.</t>
   </si>
   <si>
     <t>#91 Phillip Boyd - DT</t>
   </si>
   <si>
     <t>#47 Carlos Kirby - CB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
@@ -599,51 +599,51 @@
   <si>
     <t>#15 Travis Bacon - WR</t>
   </si>
   <si>
     <t>#62 Woodrow Miranda - LT</t>
   </si>
   <si>
     <t>#63 Jerry Jensen - C</t>
   </si>
   <si>
     <t>#70 John Parsons - C</t>
   </si>
   <si>
     <t>#73 Jack Russell - RG</t>
   </si>
   <si>
     <t>#70 Gregory Johnson - RT</t>
   </si>
   <si>
     <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#76 John Green - DT</t>
   </si>
   <si>
-    <t>#76 Anthony Figueroa - RDE</t>
+    <t>#76 Anthony Figueroa - DT</t>
   </si>
   <si>
     <t>#42 Jeffery Dominguez - SS</t>
   </si>
   <si>
     <t>#2 Ken Pace - CB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#28 Greg McKenzie - SS</t>
   </si>
   <si>
     <t>#21 Aaron Dalton - CB</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
@@ -2332,52 +2332,52 @@
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>