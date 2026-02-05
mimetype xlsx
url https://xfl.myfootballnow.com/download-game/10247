--- v0 (2025-12-19)
+++ v1 (2026-02-05)
@@ -290,51 +290,51 @@
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Ronald Grundy kicks 75 yards from SEA 35 to CAR -10. Touchback.</t>
   </si>
   <si>
     <t>#43 Gregory Dallas - RB</t>
   </si>
   <si>
     <t>#58 Jamaal Dixon - RDE</t>
   </si>
   <si>
     <t>#35 Joshua Chavez - CB</t>
   </si>
   <si>
-    <t>#70 Arthur Keck - LDE</t>
+    <t>#60 Arthur Keck - LDE</t>
   </si>
   <si>
     <t>#26 Marcus Neal - LDE</t>
   </si>
   <si>
     <t>#94 Steven Houston - WLB</t>
   </si>
   <si>
     <t>#30 Jonathan Snyder - CB</t>
   </si>
   <si>
     <t>#79 Lazaro Gibson - RDE</t>
   </si>
   <si>
     <t>#50 Frank Moulton - RDE</t>
   </si>
   <si>
     <t>#91 Mark Goss - LDE</t>
   </si>
   <si>
     <t>#97 Gino Dixon - SLB</t>
   </si>
   <si>
     <t>#7 Ronald Grundy - K</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#75 Harold Elser - DT</t>
   </si>
   <si>
     <t>#93 Charles Fisher - LDE</t>
   </si>
   <si>
     <t>#57 Brian Manning - RDE</t>
   </si>
   <si>
     <t>#53 Lloyd Sanderson - LDE</t>
   </si>
   <si>
     <t>#2 Robert Brooking - SLB</t>
   </si>
   <si>
     <t>#50 Garrett Lansberry - CB</t>
   </si>
   <si>
     <t>#34 Tim Van - CB</t>
   </si>
   <si>
     <t>#29 Ricky Blum - CB</t>
   </si>
   <si>
-    <t>#33 Alvin Ward - SS</t>
+    <t>#45 Alvin Ward - SS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>CAR 26</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-9-CAR 26 (14:17) 18-Remy Beauchamp  pass complete to 83-Joseph Koch to CAR 33 for 7 yards. Tackle by 34-Tim Van.</t>
   </si>
   <si>
     <t>#43 James Coca - FB</t>
   </si>
   <si>
     <t>#90 Carl Thies - DT</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
@@ -569,57 +569,57 @@
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-1-SEA 1 (8:25) 29-Gregory Dallas ran for 1 yards. TOUCHDOWN! SEA 0 CAR 6</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
   <si>
     <t>SEA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:23) Extra point GOOD by 8-Justin Plummer. SEA 0 CAR 7</t>
   </si>
   <si>
-    <t>#55 James Martin - C</t>
+    <t>#60 James Martin - C</t>
   </si>
   <si>
     <t>#11 Justin Plummer - K</t>
   </si>
   <si>
-    <t>#47 Leon Reynolds - FB</t>
+    <t>#47 Leon Reynolds - RB</t>
   </si>
   <si>
     <t>#52 Cecil Stewart - C</t>
   </si>
   <si>
     <t>#65 Joseph Jones - LT</t>
   </si>
   <si>
     <t>#53 Eric Sosa - SLB</t>
   </si>
   <si>
     <t>#35 Edward Agostini - FS</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>(8:23) 8-Justin Plummer kicks 74 yards from CAR 35 to SEA -9. Touchback.</t>
   </si>
   <si>
     <t>#43 Robert Smith - TE</t>
   </si>
   <si>
     <t>#68 Jonathan Judkins - MLB</t>
   </si>
@@ -632,99 +632,99 @@
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 25 (8:23) 1-Stanley McKeon pass complete to 11-Mark Bradshaw to SEA 39 for 14 yards. Tackle by 32-Bullnose Pierce. SEA 66-Curtis Everette was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#19 John Moffet - WR</t>
   </si>
   <si>
     <t>#44 Mark Bradshaw - FB</t>
   </si>
   <si>
     <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>#66 Curtis Everette - RT</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#57 Michael Miller - C</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#67 Joseph Johnson - LDE</t>
   </si>
   <si>
     <t>#54 Walter Hughes - LDE</t>
   </si>
   <si>
     <t>#56 Wilfred Candelaria - MLB</t>
   </si>
   <si>
     <t>#24 Juan Hall - CB</t>
   </si>
   <si>
     <t>#27 Bullnose Pierce - CB</t>
   </si>
   <si>
-    <t>#20 Nicholas Sudduth - FS</t>
+    <t>#43 Nicholas Sudduth - FS</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
     <t>SEA 39</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-SEA 39 (7:41) 1-Stanley McKeon pass complete to 25-Jorge Lewandowski to SEA 41 for 3 yards. Tackle by 46-Marcus Neal.</t>
   </si>
   <si>
     <t>#31 Jorge Lewandowski - WR</t>
   </si>
   <si>
-    <t>#81 John Ochs - TE</t>
+    <t>#83 John Ochs - TE</t>
   </si>
   <si>
     <t>#72 Steven Jones - C</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>SEA 41</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-7-SEA 41 (6:58) 45-Clinton Booker ran to SEA 42 for 1 yards. Tackle by 60-Arthur Keck.</t>
   </si>
   <si>
     <t>#45 Clinton Booker - TE</t>
   </si>
   <si>
     <t>6:16</t>
   </si>
   <si>
     <t>SEA 42</t>
   </si>
@@ -776,51 +776,51 @@
   <si>
     <t>#20 Arthur Joseph - CB</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>3-1-CAR 26 (3:33) 33-John Moffet ran to CAR 27 for -1 yards. Tackle by 60-Arthur Keck.</t>
   </si>
   <si>
     <t>#53 Clint Moore - SLB</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
     <t>CAR 27</t>
   </si>
   <si>
     <t>4-1-CAR 27 (2:51) 7-Ronald Grundy 44 yard field goal is GOOD. SEA 3 CAR 7</t>
   </si>
   <si>
-    <t>#64 Gary Lawrence - C</t>
+    <t>#50 Gary Lawrence - C</t>
   </si>
   <si>
     <t>#85 Jameson Kelly - TE</t>
   </si>
   <si>
     <t>#65 Eric Anaya - LG</t>
   </si>
   <si>
     <t>2:47</t>
   </si>
   <si>
     <t>(2:48) 7-Ronald Grundy kicks 74 yards from SEA 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>1-10-CAR 25 (2:48) 18-Remy Beauchamp  pass complete to 44-Kevin Tribble to CAR 23 for -2 yards. Tackle by 36-Ricky Blum.</t>
   </si>
   <si>
     <t>2:08</t>
   </si>