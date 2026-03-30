--- v1 (2026-02-05)
+++ v2 (2026-03-30)
@@ -368,51 +368,51 @@
   <si>
     <t>#16 Earnest Underwood - WR</t>
   </si>
   <si>
     <t>#14 Shawn Heath - WR</t>
   </si>
   <si>
     <t>#54 Salvador Davis - LT</t>
   </si>
   <si>
     <t>#73 Robert Lopez - LG</t>
   </si>
   <si>
     <t>#78 John Walling - C</t>
   </si>
   <si>
     <t>#66 James Tinsley - RG</t>
   </si>
   <si>
     <t>#75 Gregory Thompson - C</t>
   </si>
   <si>
     <t>#98 Nicholas Bartlow - RDE</t>
   </si>
   <si>
-    <t>#93 Jeffrey Davis - LDE</t>
+    <t>#72 Jeffrey Davis - LDE</t>
   </si>
   <si>
     <t>#75 Harold Elser - DT</t>
   </si>
   <si>
     <t>#93 Charles Fisher - LDE</t>
   </si>
   <si>
     <t>#57 Brian Manning - RDE</t>
   </si>
   <si>
     <t>#53 Lloyd Sanderson - LDE</t>
   </si>
   <si>
     <t>#2 Robert Brooking - SLB</t>
   </si>
   <si>
     <t>#50 Garrett Lansberry - CB</t>
   </si>
   <si>
     <t>#34 Tim Van - CB</t>
   </si>
   <si>
     <t>#29 Ricky Blum - CB</t>
   </si>
@@ -647,51 +647,51 @@
   <si>
     <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>#66 Curtis Everette - RT</t>
   </si>
   <si>
     <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#57 Michael Miller - C</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#67 Joseph Johnson - LDE</t>
   </si>
   <si>
-    <t>#54 Walter Hughes - LDE</t>
+    <t>#72 Walter Hughes - LDE</t>
   </si>
   <si>
     <t>#56 Wilfred Candelaria - MLB</t>
   </si>
   <si>
     <t>#24 Juan Hall - CB</t>
   </si>
   <si>
     <t>#27 Bullnose Pierce - CB</t>
   </si>
   <si>
     <t>#43 Nicholas Sudduth - FS</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
     <t>SEA 39</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>