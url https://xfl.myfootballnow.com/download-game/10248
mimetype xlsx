--- v0 (2025-12-19)
+++ v1 (2026-02-05)
@@ -443,51 +443,51 @@
   <si>
     <t>3-19-ZeZ 16 (14:22) 21-James Saephan ran to ZeZ 17 for 1 yards. Tackle by 96-Charles Donnelly.</t>
   </si>
   <si>
     <t>#56 Charles Donnelly - DT</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>RAR 17</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-ZeZ 17 (13:45) 3-Bruce Smith punts 52 yards to PRI 30. 87-Richard Hoffmann to PRI 36 for 6 yards. Tackle by 29-Stevie McLaughlin.</t>
   </si>
   <si>
     <t>#3 Bruce Smith - P</t>
   </si>
   <si>
-    <t>#81 Richard Hoffmann - WR</t>
+    <t>#81 Richard Hoffmann - LG</t>
   </si>
   <si>
     <t>#98 Jimmie Hunter - CB</t>
   </si>
   <si>
     <t>#74 Danny Detrick - RG</t>
   </si>
   <si>
     <t>#86 John Eubanks - C</t>
   </si>
   <si>
     <t>#67 Ernest Johnson - LDE</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>PRI 36</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>