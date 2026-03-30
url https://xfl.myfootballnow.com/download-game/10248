--- v1 (2026-02-05)
+++ v2 (2026-03-30)
@@ -479,51 +479,51 @@
   <si>
     <t>#67 Ernest Johnson - LDE</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>PRI 36</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-PRI 36 (13:37) 85-John Holm ran to PRI 41 for 5 yards. Tackle by 28-Thomas Kincaid.</t>
   </si>
   <si>
     <t>#14 William Powers - QB</t>
   </si>
   <si>
     <t>#85 John Holm - TE</t>
   </si>
   <si>
-    <t>#14 Henry Casey - WR</t>
+    <t>#14 Henry Casey - C</t>
   </si>
   <si>
     <t>#10 Harold Blue - WR</t>
   </si>
   <si>
     <t>#83 Jeffrey Armstrong - WR</t>
   </si>
   <si>
     <t>#62 Charles Ivey - LT</t>
   </si>
   <si>
     <t>#54 Stanley Anderson - LG</t>
   </si>
   <si>
     <t>#73 Michael Myers - C</t>
   </si>
   <si>
     <t>#73 Randolph Dixon - RG</t>
   </si>
   <si>
     <t>#63 Johnny Thornburg - LG</t>
   </si>
   <si>
     <t>#90 Joseph Jacob - DT</t>
   </si>
@@ -1244,51 +1244,51 @@
   <si>
     <t>1-10-ZeZ 25 (0:54) 21-James Saephan ran to ZeZ 29 for 4 yards. Tackle by 98-Jimmie Hunter.</t>
   </si>
   <si>
     <t>0:11</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-6-ZeZ 29 (0:10) 21-James Saephan ran to ZeZ 35 for 6 yards. Tackle by 50-Ronnie Emery.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>RAR 35</t>
   </si>
   <si>
     <t>(15:00) 4-Carl Thompson kicks 74 yards from ZeZ 35 to PRI -9. Touchback.</t>
   </si>
   <si>
     <t>#34 Edison Foster - WLB</t>
   </si>
   <si>
-    <t>#35 Jessie Caldwell - FS</t>
+    <t>#35 Jessie Caldwell - LDE</t>
   </si>
   <si>
     <t>#4 Carl Thompson - K</t>
   </si>
   <si>
     <t>1-10-PRI 25 (15:00) 39-Harold Blue ran to PRI 26 for 1 yards. Tackle by 22-Brian Fanelli.</t>
   </si>
   <si>
     <t>PRI 26</t>
   </si>
   <si>
     <t>2-9-PRI 26 (14:22) 39-Harold Blue ran to PRI 28 for 2 yards. Tackle by 99-Alex Appleton.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>PRI 28</t>
   </si>
   <si>
     <t>3-7-PRI 28 (13:37) 14-William Powers pass complete to 87-Richard Hoffmann to PRI 33 for 5 yards. Tackle by 22-Brian Fanelli. Great move by 87-Richard Hoffmann to get free of his coverage.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
@@ -2209,92 +2209,92 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="308.925" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">