--- v0 (2026-02-05)
+++ v1 (2026-03-30)
@@ -335,51 +335,51 @@
   <si>
     <t>#84 Adrian Zamora - WR</t>
   </si>
   <si>
     <t>#7 Hal Rogers - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 6-Richard New pass complete to 17-John Enriquez to WAS 30 for 5 yards. Tackle by 34-Eric Kimmel. 17-John Enriquez did some fancy footwork there. Pressure by 56-Michael Cline.</t>
   </si>
   <si>
     <t>#9 Richard New - QB</t>
   </si>
   <si>
-    <t>#86 Leland Mills - TE</t>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>#81 Kenneth Jones - WR</t>
   </si>
   <si>
     <t>#50 Cedric Dahlke - LT</t>
   </si>
   <si>
     <t>#69 Shane Haupt - LG</t>
   </si>
   <si>
     <t>#68 Kristopher Christiansen - C</t>
   </si>
   <si>
     <t>#74 Harlan Schuler - RG</t>
   </si>
   <si>
     <t>#67 Earl Dolan - LT</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#93 Clifford Kipp - DT</t>
   </si>
@@ -470,57 +470,57 @@
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#65 Fernando Carr - LT</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>
   <si>
     <t>#70 Raymond Livingston - LDE</t>
   </si>
   <si>
     <t>#56 Michael Ley - RDE</t>
   </si>
   <si>
     <t>#63 Cecil Schneider - DT</t>
   </si>
   <si>
     <t>#90 Rolf Brown - RDE</t>
   </si>
   <si>
     <t>#98 Robert Lynch - MLB</t>
   </si>
   <si>
-    <t>#37 Jeffrey Pritchett - SS</t>
+    <t>#37 Jeffrey Pritchett - LDE</t>
   </si>
   <si>
     <t>#48 Sheldon Gallardo - SS</t>
   </si>
   <si>
-    <t>#41 Michael Anderson - FS</t>
+    <t>#41 Michael Anderson - LDE</t>
   </si>
   <si>
     <t>#48 Jason Robertson - CB</t>
   </si>
   <si>
     <t>#44 Thomas Barber - WLB</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>WAS 31</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-6-WAS 31 (13:45) 15-Gary Fielding pass complete to 24-Garrett Santiago to WAS 20 for 11 yards. Tackle by 48-Jason Robertson.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>WAS 20</t>
   </si>
@@ -2257,54 +2257,54 @@
     <col min="12" max="12" width="343.202" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>