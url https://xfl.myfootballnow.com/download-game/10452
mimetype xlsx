--- v0 (2025-10-23)
+++ v1 (2026-01-21)
@@ -365,75 +365,75 @@
   <si>
     <t>#14 Tyler Cruz - WR</t>
   </si>
   <si>
     <t>#66 Ricky Flores - C</t>
   </si>
   <si>
     <t>#56 Ronnie Yandell - LG</t>
   </si>
   <si>
     <t>#58 Sal Sykes - C</t>
   </si>
   <si>
     <t>#78 Anthony Dixon - C</t>
   </si>
   <si>
     <t>#69 Juan Jimenez - RG</t>
   </si>
   <si>
     <t>#98 Nicholas Bartlow - RDE</t>
   </si>
   <si>
     <t>#93 Jeffrey Davis - LDE</t>
   </si>
   <si>
-    <t>#91 Charles Fisher - LDE</t>
+    <t>#93 Charles Fisher - LDE</t>
   </si>
   <si>
     <t>#57 Brian Manning - RDE</t>
   </si>
   <si>
-    <t>#96 Lloyd Sanderson - LDE</t>
+    <t>#53 Lloyd Sanderson - LDE</t>
   </si>
   <si>
     <t>#2 Robert Brooking - SLB</t>
   </si>
   <si>
     <t>#50 Garrett Lansberry - CB</t>
   </si>
   <si>
     <t>#34 Tim Van - CB</t>
   </si>
   <si>
     <t>#46 Don Hamilton - CB</t>
   </si>
   <si>
     <t>#29 Ricky Blum - CB</t>
   </si>
   <si>
-    <t>#33 Alvin Ward - SS</t>
+    <t>#45 Alvin Ward - SS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>ATL 24</t>
   </si>
   <si>
     <t>Singleback Slot Strong Skinny Posts</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-11-ATL 24 (14:20) 13-Charles Deleon pass Pass knocked down by 56-Lloyd Sanderson. incomplete, intended for 86-Bruce Hebert.</t>
   </si>
   <si>
     <t>#75 Harold Elser - DT</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
@@ -530,69 +530,69 @@
   <si>
     <t>1-10-SEA 36 (11:03) 18-Dennis Moore ran to SEA 30 for 6 yards. 18-Dennis Moore FUMBLES (56-Lloyd Sanderson) recovered by SEA-50-Garrett Lansberry at SEA 28. Tackle by 32-Robert Beltran. PENALTY - Holding (ATL 66-Ricky Flores) (Declined)</t>
   </si>
   <si>
     <t>#95 Cecil Hankins - DT</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>SEA 28</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-SEA 28 (10:59) 1-Stanley McKeon pass incomplete, dropped by 11-Mark Bradshaw.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
-    <t>#45 Clinton Booker - FB</t>
+    <t>#45 Clinton Booker - TE</t>
   </si>
   <si>
     <t>#44 Mark Bradshaw - FB</t>
   </si>
   <si>
     <t>#81 John Ochs - TE</t>
   </si>
   <si>
-    <t>#85 Bryant Minick - LG</t>
+    <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>#66 Curtis Everette - RT</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#57 Michael Miller - C</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#79 Stephen Olszewski - LDE</t>
   </si>
   <si>
     <t>#54 Nathaniel Sapp - WLB</t>
   </si>
   <si>
     <t>#30 Dale Wilson - CB</t>
   </si>
   <si>
     <t>#20 Aaron Hodge - CB</t>
   </si>
   <si>
     <t>#41 Fred Waite - SS</t>
   </si>
@@ -1271,51 +1271,51 @@
   <si>
     <t>1-10-ATL 19 (11:51) 11-Mark Bradshaw ran to ATL 17 for 2 yards. Tackle by 54-Nathaniel Sapp.</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>ATL 17</t>
   </si>
   <si>
     <t>2-8-ATL 17 (11:10) 1-Stanley McKeon pass Pass knocked down by 20-Aaron Hodge. incomplete, intended for 47-Anthony Crawford. ATL 71-Joseph Rodgers was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>3-8-ATL 17 (11:06) 1-Stanley McKeon pass Pass knocked down by 27-Jack Morrison. incomplete, intended for 41-Bryant Minick.</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>4-8-ATL 17 (11:02) 7-Ronald Grundy 34 yard field goal is GOOD. SEA 3 ATL 14</t>
   </si>
   <si>
-    <t>#62 Gary Lawrence - C</t>
+    <t>#50 Gary Lawrence - C</t>
   </si>
   <si>
     <t>(10:59) 7-Ronald Grundy kicks 74 yards from SEA 35 to ATL -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-ATL 25 (10:59) 18-Dennis Moore ran to ATL 25 for a short loss. Tackle by 77-Charles Fisher. The offense has gone to that play a few too many times.</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>2-10-ATL 25 (10:17) 13-Charles Deleon pass complete to 86-Bruce Hebert to ATL 30 for 5 yards. Tackle by 54-Brian Manning.</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>ATL 30</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>