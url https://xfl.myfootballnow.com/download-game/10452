--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -536,51 +536,51 @@
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>SEA 28</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-SEA 28 (10:59) 1-Stanley McKeon pass incomplete, dropped by 11-Mark Bradshaw.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#45 Clinton Booker - TE</t>
   </si>
   <si>
     <t>#44 Mark Bradshaw - FB</t>
   </si>
   <si>
-    <t>#81 John Ochs - TE</t>
+    <t>#83 John Ochs - TE</t>
   </si>
   <si>
     <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>#66 Curtis Everette - RT</t>
   </si>
   <si>
     <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#57 Michael Miller - C</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#79 Stephen Olszewski - LDE</t>
   </si>