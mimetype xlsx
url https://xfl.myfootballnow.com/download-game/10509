--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -530,93 +530,93 @@
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>(12:25) 14-Aaron Lynch kicks 75 yards from WAS 35 to CIN -10. Touchback.</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-CIN 25 (12:25) 10-Julio Hamilton ran to WAS 46 for 29 yards.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - RB</t>
+    <t>#10 Julio Hamilton - C</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
     <t>#79 Bob Sacamano - LT</t>
   </si>
   <si>
     <t>#62 Doyle Boone - LT</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#65 Fernando Carr - LT</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>
   <si>
     <t>#47 Alvin Moore - FS</t>
   </si>
   <si>
-    <t>#98 Michael Ley - RDE</t>
+    <t>#56 Michael Ley - RDE</t>
   </si>
   <si>
     <t>#63 Cecil Schneider - DT</t>
   </si>
   <si>
     <t>#94 Peter Capone - RDE</t>
   </si>
   <si>
-    <t>#37 Jeffrey Pritchett - SS</t>
-[...2 lines deleted...]
-    <t>#41 Michael Anderson - FS</t>
+    <t>#37 Jeffrey Pritchett - RDE</t>
+  </si>
+  <si>
+    <t>#41 Michael Anderson - LDE</t>
   </si>
   <si>
     <t>#48 Jason Robertson - CB</t>
   </si>
   <si>
     <t>#33 Roland Mathis - CB</t>
   </si>
   <si>
     <t>#43 Eddie Mayo - CB</t>
   </si>
   <si>
     <t>#44 Thomas Barber - WLB</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>WAS 46</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
@@ -2257,54 +2257,54 @@
     <col min="12" max="12" width="390.333" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="37.705" bestFit="true" customWidth="true" style="0"/>