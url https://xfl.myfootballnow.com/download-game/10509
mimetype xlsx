--- v1 (2025-11-09)
+++ v2 (2025-12-08)
@@ -335,51 +335,51 @@
   <si>
     <t>#84 Adrian Zamora - WR</t>
   </si>
   <si>
     <t>#7 Hal Rogers - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 6-Richard New pass Pass knocked down by 48-Christopher Barcomb. incomplete, intended for 32-Kenneth Jones. PENALTY - Holding (WAS 62-Cedric Dahlke)</t>
   </si>
   <si>
     <t>#9 Richard New - QB</t>
   </si>
   <si>
-    <t>#30 Leland Mills - RB</t>
+    <t>#86 Leland Mills - TE</t>
   </si>
   <si>
     <t>#81 Kenneth Jones - WR</t>
   </si>
   <si>
     <t>#17 John Enriquez - WR</t>
   </si>
   <si>
     <t>#50 Cedric Dahlke - LT</t>
   </si>
   <si>
     <t>#69 Shane Haupt - LG</t>
   </si>
   <si>
     <t>#68 Kristopher Christiansen - C</t>
   </si>
   <si>
     <t>#74 Harlan Schuler - RG</t>
   </si>
   <si>
     <t>#58 Evan Aponte - C</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
@@ -530,93 +530,93 @@
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>(12:25) 14-Aaron Lynch kicks 75 yards from WAS 35 to CIN -10. Touchback.</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-CIN 25 (12:25) 10-Julio Hamilton ran to WAS 46 for 29 yards.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - C</t>
+    <t>#10 Julio Hamilton - WR</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
     <t>#79 Bob Sacamano - LT</t>
   </si>
   <si>
     <t>#62 Doyle Boone - LT</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#65 Fernando Carr - LT</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>
   <si>
     <t>#47 Alvin Moore - FS</t>
   </si>
   <si>
     <t>#56 Michael Ley - RDE</t>
   </si>
   <si>
     <t>#63 Cecil Schneider - DT</t>
   </si>
   <si>
     <t>#94 Peter Capone - RDE</t>
   </si>
   <si>
-    <t>#37 Jeffrey Pritchett - RDE</t>
-[...2 lines deleted...]
-    <t>#41 Michael Anderson - LDE</t>
+    <t>#37 Jeffrey Pritchett - SS</t>
+  </si>
+  <si>
+    <t>#41 Michael Anderson - FS</t>
   </si>
   <si>
     <t>#48 Jason Robertson - CB</t>
   </si>
   <si>
     <t>#33 Roland Mathis - CB</t>
   </si>
   <si>
     <t>#43 Eddie Mayo - CB</t>
   </si>
   <si>
     <t>#44 Thomas Barber - WLB</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>WAS 46</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
@@ -647,51 +647,51 @@
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>3-7-WAS 43 (10:18) 15-Gary Fielding pass complete to 1-Frank Dardar to WAS 40 for 3 yards. Tackle by 25-Thomas Barber.</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>WAS 40</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-WAS 40 (9:44) 5-Clay Comfort punts 37 yards to WAS 3. Fair Catch by 44-Charles Claus.</t>
   </si>
   <si>
     <t>#5 Clay Comfort - P</t>
   </si>
   <si>
-    <t>#57 Michael Nunes - LT</t>
+    <t>#79 Michael Nunes - C</t>
   </si>
   <si>
     <t>#28 William Mears - CB</t>
   </si>
   <si>
     <t>#77 Willie Bledsoe - RT</t>
   </si>
   <si>
     <t>#71 James Loera - LG</t>
   </si>
   <si>
     <t>#71 Lawrence Montgomery - DT</t>
   </si>
   <si>
     <t>#92 Nicholas Knight - RDE</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>WAS 3</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
@@ -2257,63 +2257,63 @@
     <col min="12" max="12" width="390.333" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>