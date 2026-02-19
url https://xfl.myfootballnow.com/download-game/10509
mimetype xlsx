--- v2 (2025-12-08)
+++ v3 (2026-02-19)
@@ -530,51 +530,51 @@
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>(12:25) 14-Aaron Lynch kicks 75 yards from WAS 35 to CIN -10. Touchback.</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-CIN 25 (12:25) 10-Julio Hamilton ran to WAS 46 for 29 yards.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
     <t>#79 Bob Sacamano - LT</t>
   </si>
   <si>
     <t>#62 Doyle Boone - LT</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#65 Fernando Carr - LT</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>