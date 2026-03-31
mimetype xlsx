--- v3 (2026-02-19)
+++ v4 (2026-03-31)
@@ -335,51 +335,51 @@
   <si>
     <t>#84 Adrian Zamora - WR</t>
   </si>
   <si>
     <t>#7 Hal Rogers - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 6-Richard New pass Pass knocked down by 48-Christopher Barcomb. incomplete, intended for 32-Kenneth Jones. PENALTY - Holding (WAS 62-Cedric Dahlke)</t>
   </si>
   <si>
     <t>#9 Richard New - QB</t>
   </si>
   <si>
-    <t>#86 Leland Mills - TE</t>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>#81 Kenneth Jones - WR</t>
   </si>
   <si>
     <t>#17 John Enriquez - WR</t>
   </si>
   <si>
     <t>#50 Cedric Dahlke - LT</t>
   </si>
   <si>
     <t>#69 Shane Haupt - LG</t>
   </si>
   <si>
     <t>#68 Kristopher Christiansen - C</t>
   </si>
   <si>
     <t>#74 Harlan Schuler - RG</t>
   </si>
   <si>
     <t>#58 Evan Aponte - C</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
@@ -569,54 +569,54 @@
   <si>
     <t>#62 Doyle Boone - LT</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#65 Fernando Carr - LT</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>
   <si>
     <t>#47 Alvin Moore - FS</t>
   </si>
   <si>
     <t>#56 Michael Ley - RDE</t>
   </si>
   <si>
     <t>#63 Cecil Schneider - DT</t>
   </si>
   <si>
     <t>#94 Peter Capone - RDE</t>
   </si>
   <si>
-    <t>#37 Jeffrey Pritchett - SS</t>
-[...2 lines deleted...]
-    <t>#41 Michael Anderson - FS</t>
+    <t>#37 Jeffrey Pritchett - LDE</t>
+  </si>
+  <si>
+    <t>#41 Michael Anderson - LDE</t>
   </si>
   <si>
     <t>#48 Jason Robertson - CB</t>
   </si>
   <si>
     <t>#33 Roland Mathis - CB</t>
   </si>
   <si>
     <t>#43 Eddie Mayo - CB</t>
   </si>
   <si>
     <t>#44 Thomas Barber - WLB</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>WAS 46</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
@@ -2257,54 +2257,54 @@
     <col min="12" max="12" width="390.333" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="37.705" bestFit="true" customWidth="true" style="0"/>