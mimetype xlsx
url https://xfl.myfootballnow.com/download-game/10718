--- v0 (2025-10-19)
+++ v1 (2025-12-02)
@@ -458,51 +458,51 @@
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>TOR 50</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-1-TOR 50 (11:35) 81-Jacob Jeter ran to TOR 44 for 5 yards. Tackle by 24-John Teixeira.</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>TOR 44</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TOR 44 (10:55) 23-Alfred Simental ran to TOR 33 for 12 yards. Tackle by 93-Alexander Roby.</t>
   </si>
   <si>
-    <t>#23 Alfred Simental - C</t>
+    <t>#23 Alfred Simental - WR</t>
   </si>
   <si>
     <t>10:17</t>
   </si>
   <si>
     <t>TOR 33</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TOR 33 (10:16) 81-Jacob Jeter ran to TOR 29 for 3 yards. Tackle by 24-John Teixeira.</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>TOR 29</t>
   </si>
   <si>
     <t>2-7-TOR 29 (9:35) 81-Jacob Jeter ran to TOR 24 for 6 yards. Tackle by 49-Kenneth Fuller.</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
@@ -2189,54 +2189,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD170"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="487.167" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>