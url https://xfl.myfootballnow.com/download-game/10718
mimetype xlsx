--- v1 (2025-12-02)
+++ v2 (2026-02-11)
@@ -1259,51 +1259,51 @@
   <si>
     <t>2-10-BUF 38 (0:43) 3-Patrick Dixon pass complete to 83-Robert Knight to BUF 36 for 2 yards. Tackle by 47-Steven Holloman.</t>
   </si>
   <si>
     <t>0:27</t>
   </si>
   <si>
     <t>3-8-BUF 36 (0:26) 3-Patrick Dixon pass complete to 16-Daniel Bailey to BUF 32 for 4 yards. Tackle by 1-Billy Flanagan.</t>
   </si>
   <si>
     <t>0:05</t>
   </si>
   <si>
     <t>BUF 32</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-BUF 32 (0:04) 1-Frank Payne 50 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#10 David Medina - P</t>
+    <t>#4 David Medina - P</t>
   </si>
   <si>
     <t>#51 Jesse Rosier - LT</t>
   </si>
   <si>
     <t>#78 Henry Deal - LG</t>
   </si>
   <si>
     <t>#45 Mark Bozarth - C</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 11-Justin Plummer kicks 72 yards from BUF 35 to TOR -7. Touchback.</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-TOR 25 (15:00) 45-Richard Avery ran to TOR 24 for -1 yards. Tackle by 47-Steven Holloman.</t>
   </si>
@@ -2205,51 +2205,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="487.167" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>