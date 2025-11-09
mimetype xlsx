--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -296,90 +296,90 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-James Shoults kicks 74 yards from MTG 35 to DAY -9. Touchback.</t>
   </si>
   <si>
     <t>#37 Donald Barr - WR</t>
   </si>
   <si>
     <t>#60 Marvin Roberts - LG</t>
   </si>
   <si>
     <t>#66 Michael Gadson - C</t>
   </si>
   <si>
     <t>#82 Cornelius Worrell - WR</t>
   </si>
   <si>
     <t>#64 Brandon Barnum - C</t>
   </si>
   <si>
-    <t>#59 Randy Ruggles - FB</t>
+    <t>#59 Randy Ruggles - C</t>
   </si>
   <si>
     <t>#64 Louis Woods - C</t>
   </si>
   <si>
     <t>#12 Roland Compton - WR</t>
   </si>
   <si>
     <t>#33 Patrick Ball - TE</t>
   </si>
   <si>
     <t>#77 John Hardin - C</t>
   </si>
   <si>
     <t>#73 Christopher Meyer - C</t>
   </si>
   <si>
     <t>#6 James Shoults - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 37-Donald Barr ran to DAY 31 for 6 yards. Tackle by 59-William Todd.</t>
   </si>
   <si>
     <t>#8 Terry Meyer - QB</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - FB</t>
+    <t>#19 Phillip Mandell - RB</t>
   </si>
   <si>
     <t>#68 Ray Dupont - C</t>
   </si>
   <si>
     <t>#63 Michael Digiovanni - LG</t>
   </si>
   <si>
     <t>#61 Bryon Poirier - RG</t>
   </si>
   <si>
     <t>#95 Davis Wright - DT</t>
   </si>
   <si>
     <t>#76 Steven Coddington - DT</t>
   </si>
   <si>
     <t>#56 Timothy Stell - DT</t>
   </si>
   <si>
     <t>#65 Justin Brooks - RDE</t>
   </si>
   <si>
     <t>#51 William Todd - SLB</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-2-MTG 42 (11:31) 8-Terry Meyer sacked at DAY 49 for -9 yards (72-Steven Coddington). Sack allowed by 74-Marvin Roberts. 74-Marvin Roberts missed that block completely.</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>DAY 49</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-DAY 49 (10:45) PENALTY - False Start (DAY 5-George Brown)</t>
   </si>
   <si>
     <t>#5 George Brown - P</t>
   </si>
   <si>
-    <t>#12 Thomas Eveland - WR</t>
+    <t>#12 Thomas Eveland - C</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>DAY 44</t>
   </si>
   <si>
     <t>4-16-DAY 44 (10:45) 5-George Brown punts 58 yards to MTG -2.4-16-DAY 44 (10:45) 5-George Brown punts 58 yards to MTG -2. Touchback.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>MTG 20</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MTG 20 (10:37) 40-John Sheller ran to MTG 19 for -1 yards. Tackle by 70-William May.</t>
   </si>
@@ -2291,51 +2291,51 @@
     <col min="25" max="25" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>