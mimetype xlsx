--- v1 (2025-11-09)
+++ v2 (2025-12-08)
@@ -296,126 +296,126 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-James Shoults kicks 74 yards from MTG 35 to DAY -9. Touchback.</t>
   </si>
   <si>
     <t>#37 Donald Barr - WR</t>
   </si>
   <si>
     <t>#60 Marvin Roberts - LG</t>
   </si>
   <si>
     <t>#66 Michael Gadson - C</t>
   </si>
   <si>
     <t>#82 Cornelius Worrell - WR</t>
   </si>
   <si>
     <t>#64 Brandon Barnum - C</t>
   </si>
   <si>
-    <t>#59 Randy Ruggles - C</t>
+    <t>#80 Randy Ruggles - TE</t>
   </si>
   <si>
     <t>#64 Louis Woods - C</t>
   </si>
   <si>
     <t>#12 Roland Compton - WR</t>
   </si>
   <si>
     <t>#33 Patrick Ball - TE</t>
   </si>
   <si>
-    <t>#77 John Hardin - C</t>
+    <t>#59 John Hardin - C</t>
   </si>
   <si>
     <t>#73 Christopher Meyer - C</t>
   </si>
   <si>
     <t>#6 James Shoults - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 37-Donald Barr ran to DAY 31 for 6 yards. Tackle by 59-William Todd.</t>
   </si>
   <si>
     <t>#8 Terry Meyer - QB</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - RB</t>
+    <t>#19 Phillip Mandell - WR</t>
   </si>
   <si>
     <t>#68 Ray Dupont - C</t>
   </si>
   <si>
     <t>#63 Michael Digiovanni - LG</t>
   </si>
   <si>
     <t>#61 Bryon Poirier - RG</t>
   </si>
   <si>
     <t>#95 Davis Wright - DT</t>
   </si>
   <si>
     <t>#76 Steven Coddington - DT</t>
   </si>
   <si>
     <t>#56 Timothy Stell - DT</t>
   </si>
   <si>
     <t>#65 Justin Brooks - RDE</t>
   </si>
   <si>
     <t>#51 William Todd - SLB</t>
   </si>
   <si>
     <t>#50 Harry Ferrari - MLB</t>
   </si>
   <si>
     <t>#91 William Ward - WLB</t>
   </si>
   <si>
     <t>#36 Michael Haynie - FS</t>
   </si>
   <si>
-    <t>#48 Michael Hudock - CB</t>
+    <t>#42 Michael Hudock - CB</t>
   </si>
   <si>
     <t>#48 Elmer Crocker - MLB</t>
   </si>
   <si>
     <t>#41 Ronald Miller - CB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>DAY 31</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-4-DAY 31 (14:14) 8-Terry Meyer pass incomplete, intended for 19-Phillip Mandell. Pressure by 59-William Todd.</t>
   </si>
   <si>
     <t>#78 Bob    Cedric - LG</t>
   </si>
@@ -581,51 +581,51 @@
   <si>
     <t>#63 Ethan Mauk - RG</t>
   </si>
   <si>
     <t>#75 Daniel Meece - RT</t>
   </si>
   <si>
     <t>#35 Kenneth Florez - RDE</t>
   </si>
   <si>
     <t>#57 Alfred Wilson - WLB</t>
   </si>
   <si>
     <t>#27 Michael Whitmore - CB</t>
   </si>
   <si>
     <t>#90 Robert Lewis - RDE</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
     <t>#97 Steven Oliver - RDE</t>
   </si>
   <si>
-    <t>#28 Donald Michael - WLB</t>
+    <t>#28 Donald Michael - RDE</t>
   </si>
   <si>
     <t>#92 James Messenger - CB</t>
   </si>
   <si>
     <t>#26 James Sorenson - CB</t>
   </si>
   <si>
     <t>#47 Kelly Lorenzo - CB</t>
   </si>
   <si>
     <t>#25 Clarence Feldt - FS</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>MTG 19</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
@@ -785,51 +785,51 @@
   <si>
     <t>MTG 38</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>2-9-MTG 38 (5:15) 9-Benjamin Flanagan pass Pass knocked down by 28-Donald Michael. incomplete, intended for 10-Wilson Shoemaker.</t>
   </si>
   <si>
     <t>#49 Louis Hansen - WLB</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>3-9-MTG 38 (5:12) 32-William Villanueva ran to MTG 45 for 7 yards. Tackle by 1-Louis Hansen. PENALTY - Offsides (DAY 33-Michael Whitmore)</t>
   </si>
   <si>
     <t>#53 Donn Warren - RDE</t>
   </si>
   <si>
-    <t>#41 John Branch - WLB</t>
+    <t>#41 John Branch - RDE</t>
   </si>
   <si>
     <t>5:08</t>
   </si>
   <si>
     <t>MTG 43</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-4-MTG 43 (5:09) (Hot Read) 9-Benjamin Flanagan pass complete to 83-Ty Smith to DAY 39 for 18 yards. Tackle by 90-Michael Richards.</t>
   </si>
   <si>
     <t>#11 Hershel Erdmann - RB</t>
   </si>
   <si>
     <t>4:28</t>
   </si>
   <si>
     <t>1-10-DAY 39 (4:27) 9-Benjamin Flanagan pass complete to 32-William Villanueva to DAY 32 for 6 yards. Tackle by 97-Michael McCarthy. 32-William Villanueva made a great move on the CB. MTG 60-Frank Cartwright was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:47</t>
   </si>