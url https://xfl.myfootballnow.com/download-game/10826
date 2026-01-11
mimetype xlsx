--- v2 (2025-12-08)
+++ v3 (2026-01-11)
@@ -581,51 +581,51 @@
   <si>
     <t>#63 Ethan Mauk - RG</t>
   </si>
   <si>
     <t>#75 Daniel Meece - RT</t>
   </si>
   <si>
     <t>#35 Kenneth Florez - RDE</t>
   </si>
   <si>
     <t>#57 Alfred Wilson - WLB</t>
   </si>
   <si>
     <t>#27 Michael Whitmore - CB</t>
   </si>
   <si>
     <t>#90 Robert Lewis - RDE</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
     <t>#97 Steven Oliver - RDE</t>
   </si>
   <si>
-    <t>#28 Donald Michael - RDE</t>
+    <t>#28 Donald Michael - CB</t>
   </si>
   <si>
     <t>#92 James Messenger - CB</t>
   </si>
   <si>
     <t>#26 James Sorenson - CB</t>
   </si>
   <si>
     <t>#47 Kelly Lorenzo - CB</t>
   </si>
   <si>
     <t>#25 Clarence Feldt - FS</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>MTG 19</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
@@ -785,51 +785,51 @@
   <si>
     <t>MTG 38</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>2-9-MTG 38 (5:15) 9-Benjamin Flanagan pass Pass knocked down by 28-Donald Michael. incomplete, intended for 10-Wilson Shoemaker.</t>
   </si>
   <si>
     <t>#49 Louis Hansen - WLB</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>3-9-MTG 38 (5:12) 32-William Villanueva ran to MTG 45 for 7 yards. Tackle by 1-Louis Hansen. PENALTY - Offsides (DAY 33-Michael Whitmore)</t>
   </si>
   <si>
     <t>#53 Donn Warren - RDE</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>5:08</t>
   </si>
   <si>
     <t>MTG 43</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-4-MTG 43 (5:09) (Hot Read) 9-Benjamin Flanagan pass complete to 83-Ty Smith to DAY 39 for 18 yards. Tackle by 90-Michael Richards.</t>
   </si>
   <si>
     <t>#11 Hershel Erdmann - RB</t>
   </si>
   <si>
     <t>4:28</t>
   </si>
   <si>
     <t>1-10-DAY 39 (4:27) 9-Benjamin Flanagan pass complete to 32-William Villanueva to DAY 32 for 6 yards. Tackle by 97-Michael McCarthy. 32-William Villanueva made a great move on the CB. MTG 60-Frank Cartwright was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:47</t>
   </si>