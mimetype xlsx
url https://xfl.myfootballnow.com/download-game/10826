--- v3 (2026-01-11)
+++ v4 (2026-02-19)
@@ -404,51 +404,51 @@
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>DAY 31</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-4-DAY 31 (14:14) 8-Terry Meyer pass incomplete, intended for 19-Phillip Mandell. Pressure by 59-William Todd.</t>
   </si>
   <si>
     <t>#78 Bob    Cedric - LG</t>
   </si>
   <si>
     <t>#34 Edison Foster - WLB</t>
   </si>
   <si>
     <t>#97 Paul Zelaya - CB</t>
   </si>
   <si>
-    <t>#37 Leonard Carter - FS</t>
+    <t>#33 Leonard Carter - FS</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-4-DAY 31 (14:12) 19-Phillip Mandell ran to DAY 39 for 7 yards. Tackle by 50-Harry Ferrari.</t>
   </si>
   <si>
     <t>#86 Joseph Abbott - WR</t>
   </si>
   <si>
     <t>#80 Ronald Lacy - RB</t>
   </si>
   <si>
     <t>#43 John Varner - CB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>