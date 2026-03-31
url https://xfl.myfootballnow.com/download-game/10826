--- v4 (2026-02-19)
+++ v5 (2026-03-31)
@@ -335,51 +335,51 @@
   <si>
     <t>#73 Christopher Meyer - C</t>
   </si>
   <si>
     <t>#6 James Shoults - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 37-Donald Barr ran to DAY 31 for 6 yards. Tackle by 59-William Todd.</t>
   </si>
   <si>
     <t>#8 Terry Meyer - QB</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - WR</t>
+    <t>#19 Phillip Mandell - C</t>
   </si>
   <si>
     <t>#68 Ray Dupont - C</t>
   </si>
   <si>
     <t>#63 Michael Digiovanni - LG</t>
   </si>
   <si>
     <t>#61 Bryon Poirier - RG</t>
   </si>
   <si>
     <t>#95 Davis Wright - DT</t>
   </si>
   <si>
     <t>#76 Steven Coddington - DT</t>
   </si>
   <si>
     <t>#56 Timothy Stell - DT</t>
   </si>
   <si>
     <t>#65 Justin Brooks - RDE</t>
   </si>
   <si>
     <t>#51 William Todd - SLB</t>
   </si>
@@ -2285,51 +2285,51 @@
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>