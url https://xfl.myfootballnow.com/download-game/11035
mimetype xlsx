--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -311,153 +311,153 @@
   <si>
     <t>#56 William Mabry - SLB</t>
   </si>
   <si>
     <t>#32 Stevie McLaughlin - LDE</t>
   </si>
   <si>
     <t>#51 Paul Haywood - WLB</t>
   </si>
   <si>
     <t>#91 Adam Oglesby - LDE</t>
   </si>
   <si>
     <t>#35 Paul Smith - CB</t>
   </si>
   <si>
     <t>#94 Sam Garcia - DT</t>
   </si>
   <si>
     <t>#28 Thomas Kincaid - SS</t>
   </si>
   <si>
     <t>#92 John Fox - LDE</t>
   </si>
   <si>
-    <t>#96 Andrew Hall - LDE</t>
+    <t>#96 Andrew Hall - DT</t>
   </si>
   <si>
     <t>#7 Ronald Grundy - K</t>
   </si>
   <si>
     <t>RAR</t>
   </si>
   <si>
     <t>RAR 25</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-RAR 25 (15:00) 42-Googely Olson ran to RAR 24 for -1 yards. Tackle by 54-Brian Manning.</t>
   </si>
   <si>
     <t>#15 Michael Hall - QB</t>
   </si>
   <si>
     <t>#25 Googely Olson - RB</t>
   </si>
   <si>
     <t>#80 James Saephan - WR</t>
   </si>
   <si>
     <t>#27 Russell James - FB</t>
   </si>
   <si>
     <t>#84 Micheal Casiano - TE</t>
   </si>
   <si>
     <t>#87 James Ramsey - WR</t>
   </si>
   <si>
-    <t>#61 Ruben Merkel - C</t>
-[...2 lines deleted...]
-    <t>#74 Davy Jones  - RT</t>
+    <t>#61 Ruben Merkel - LG</t>
+  </si>
+  <si>
+    <t>#74 Davy Jones  - RG</t>
   </si>
   <si>
     <t>#69 Joseph Robinson - RG</t>
   </si>
   <si>
     <t>#59 Patrick Miller - RG</t>
   </si>
   <si>
-    <t>#65 Dennis Craft - RT</t>
+    <t>#64 Dennis Craft - RG</t>
   </si>
   <si>
     <t>#93 Jeffrey Davis - LDE</t>
   </si>
   <si>
-    <t>#91 Charles Fisher - LDE</t>
+    <t>#93 Charles Fisher - LDE</t>
   </si>
   <si>
     <t>#96 Michael Swanson - DT</t>
   </si>
   <si>
     <t>#95 Cecil Hankins - DT</t>
   </si>
   <si>
     <t>#98 Nicholas Bartlow - RDE</t>
   </si>
   <si>
-    <t>#96 Lloyd Sanderson - LDE</t>
+    <t>#53 Lloyd Sanderson - LDE</t>
   </si>
   <si>
     <t>#57 Brian Manning - RDE</t>
   </si>
   <si>
     <t>#2 Robert Brooking - SLB</t>
   </si>
   <si>
     <t>#50 Garrett Lansberry - CB</t>
   </si>
   <si>
     <t>#34 Tim Van - CB</t>
   </si>
   <si>
     <t>#33 Alvin Ward - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>RAR 24</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-11-RAR 24 (14:23) 15-Michael Hall pass complete to 42-Googely Olson to RAR 26 for 1 yards. Tackle by 56-Lloyd Sanderson.</t>
   </si>
   <si>
-    <t>#16 William Smith - C</t>
+    <t>#16 William Smith - WR</t>
   </si>
   <si>
     <t>#22 Billy Davis - CB</t>
   </si>
   <si>
     <t>#35 Edward Agostini - FS</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>RAR 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>3-9-RAR 26 (13:42) 15-Michael Hall pass Pass knocked down by 50-Garrett Lansberry. incomplete, intended for 42-Googely Olson.</t>
   </si>
   <si>
     <t>#48 Brian Schulze - WR</t>
   </si>
@@ -485,114 +485,114 @@
   <si>
     <t>#24 Brian Marrero - CB</t>
   </si>
   <si>
     <t>#52 Gerard Smith - RT</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>SEA 27</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 27 (13:32) 87-Aubrey Lawson ran to SEA 31 for 5 yards. Tackle by 37-John Ayers.</t>
   </si>
   <si>
     <t>#7 James Willoughby - QB</t>
   </si>
   <si>
-    <t>#87 Aubrey Lawson - WR</t>
+    <t>#11 Aubrey Lawson - C</t>
   </si>
   <si>
     <t>#60 Kevin Downey - LT</t>
   </si>
   <si>
-    <t>#85 Bryant Minick - LG</t>
+    <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#23 Anthony Crawford - RB</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>#63 Michael Allison - LG</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#66 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#57 Michael Miller - C</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#66 Curtis Everette - RT</t>
   </si>
   <si>
     <t>#90 Joseph Jacob - DT</t>
   </si>
   <si>
     <t>#98 Clayton Stanley - RDE</t>
   </si>
   <si>
     <t>#56 John Smith - WLB</t>
   </si>
   <si>
     <t>#55 Dean Sims - WLB</t>
   </si>
   <si>
     <t>#36 David Reagle - FS</t>
   </si>
   <si>
     <t>#53 John Ayers - SLB</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>SEA 31</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-5-SEA 31 (12:50) 45-Clinton Booker ran to SEA 34 for 3 yards. Tackle by 56-John Smith.</t>
   </si>
   <si>
-    <t>#45 Clinton Booker - FB</t>
+    <t>#45 Clinton Booker - TE</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>SEA 34</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-3-SEA 34 (12:09) 87-Aubrey Lawson ran to SEA 44 for 10 yards. Tackle by 37-John Ayers.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>SEA 44</t>
   </si>
   <si>
     <t>1-10-SEA 44 (11:34) 87-Aubrey Lawson ran to SEA 49 for 5 yards. Tackle by 29-Stevie McLaughlin.</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>3-30-SEA 34 (8:22) 7-James Willoughby pass complete to 87-Aubrey Lawson to RAR 39 for 27 yards. 87-Aubrey Lawson made a nice adjustment to make that catch. Tackle by 29-Stevie McLaughlin. Pressure by 53-John Fox.</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>RAR 39</t>
   </si>
   <si>
     <t>4-3-RAR 39 (7:43) 9-Robert Keith punts 37 yards to RAR 2.</t>
   </si>
   <si>
     <t>#9 Robert Keith - P</t>
   </si>
   <si>
     <t>#72 Steven Jones - C</t>
   </si>
   <si>
     <t>#65 Eric Anaya - LG</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
-    <t>#62 Gary Lawrence - C</t>
+    <t>#64 Gary Lawrence - C</t>
   </si>
   <si>
     <t>#57 Roger Ely - MLB</t>
   </si>
   <si>
     <t>7:33</t>
   </si>
   <si>
     <t>RAR 2</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-RAR 2 (7:34) 5-Brian Schulze ran to RAR 11 for 9 yards. Tackle by 37-Alvin Ward.</t>
   </si>
   <si>
     <t>#53 Eric Sosa - SLB</t>
   </si>
   <si>
     <t>#27 Cecil Havens - SS</t>
   </si>
   <si>
     <t>7:00</t>
   </si>