--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PIT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Hal Rogers kicks 71 yards from CIN 35 to PIT -6. Touchback.</t>
   </si>
   <si>
-    <t>#86 Joseph Hearn - FB</t>
+    <t>#86 Joseph Hearn - C</t>
   </si>
   <si>
     <t>#41 John Friedman - FS</t>
   </si>
   <si>
     <t>#96 David Straub - RDE</t>
   </si>
   <si>
     <t>#45 Vernon Wilson - CB</t>
   </si>
   <si>
     <t>#43 Duncan Flynn - MLB</t>
   </si>
   <si>
     <t>#92 Matthew West - LDE</t>
   </si>
   <si>
     <t>#36 Brian Brown - CB</t>
   </si>
   <si>
     <t>#30 Ali Claypool - CB</t>
   </si>
   <si>
     <t>#45 Thomas Murphy - FS</t>
   </si>
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 8-John Turner pass incomplete, intended for 82-Ernest Matney. PIT 67-Anthony Espinal was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#8 John Turner - QB</t>
   </si>
   <si>
     <t>#42 Brett Clinton - RB</t>
   </si>
   <si>
     <t>#89 Ernest Matney - TE</t>
   </si>
   <si>
     <t>#10 Scott Rodriquez - WR</t>
   </si>
   <si>
     <t>#14 Harold Wilson - WR</t>
   </si>
   <si>
     <t>#52 Terry Swanson - C</t>
   </si>
   <si>
-    <t>#62 Stephen Barnes - RT</t>
+    <t>#55 Stephen Barnes - C</t>
   </si>
   <si>
     <t>#74 Anthony Espinal - C</t>
   </si>
   <si>
     <t>#71 Wilmer Guidry - LT</t>
   </si>
   <si>
     <t>#67 Earl Smith - RT</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#93 Clifford Kipp - DT</t>
   </si>
   <si>
     <t>#78 Glen Freund - DT</t>
   </si>
   <si>
     <t>#53 Harry Ulrich - RDE</t>
   </si>
   <si>
     <t>#48 Kevin Morales - LDE</t>
   </si>
@@ -479,72 +479,72 @@
   <si>
     <t>#58 Ronald Mitchell - LT</t>
   </si>
   <si>
     <t>#45 Charles Verdugo - CB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>CIN 28</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 28 (14:14) 15-Gary Fielding pass complete to 84-Willis Vanhorn to CIN 36 for 8 yards. Tackle by 98-Thomas Murphy.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - RB</t>
+    <t>#10 Julio Hamilton - WR</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#58 Arthur Taylor - LG</t>
   </si>
   <si>
     <t>#79 William Campbell - C</t>
   </si>
   <si>
-    <t>#57 Michael Nunes - LT</t>
+    <t>#79 Michael Nunes - C</t>
   </si>
   <si>
     <t>#70 Christopher Nelson - RG</t>
   </si>
   <si>
     <t>#94 James Muirhead - MLB</t>
   </si>
   <si>
     <t>#95 Gregory Harrison - RDE</t>
   </si>
   <si>
     <t>#91 Scott Johnson - MLB</t>
   </si>
   <si>
     <t>#31 Efren Martinez - CB</t>
   </si>
   <si>
     <t>#31 Donald Scott - CB</t>
   </si>
   <si>
     <t>#22 John Sandoval - SS</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
@@ -2230,67 +2230,67 @@
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>