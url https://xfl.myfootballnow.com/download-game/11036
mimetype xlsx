--- v1 (2025-12-31)
+++ v2 (2026-01-30)
@@ -410,51 +410,51 @@
   <si>
     <t>#31 David Shreve - CB</t>
   </si>
   <si>
     <t>#5 Thomas Layne - CB</t>
   </si>
   <si>
     <t>#46 Thomas Thomas - CB</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-10-PIT 25 (14:59) 8-John Turner pass complete to 85-Joseph Hearn to PIT 31 for 6 yards. Tackle by 27-Glenn Blakey. 85-Joseph Hearn did some fancy footwork there.</t>
   </si>
   <si>
     <t>#22 James Thompson - RB</t>
   </si>
   <si>
-    <t>#60 Brad Whalen - LG</t>
+    <t>#66 Brad Whalen - C</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>PIT 31</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>3-4-PIT 31 (14:24) 8-John Turner pass incomplete, intended for 1-Brett Clinton.</t>
   </si>
   <si>
     <t>#11 Richard Antonio - WR</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
@@ -479,78 +479,78 @@
   <si>
     <t>#58 Ronald Mitchell - LT</t>
   </si>
   <si>
     <t>#45 Charles Verdugo - CB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>CIN 28</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 28 (14:14) 15-Gary Fielding pass complete to 84-Willis Vanhorn to CIN 36 for 8 yards. Tackle by 98-Thomas Murphy.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#58 Arthur Taylor - LG</t>
   </si>
   <si>
     <t>#79 William Campbell - C</t>
   </si>
   <si>
     <t>#79 Michael Nunes - C</t>
   </si>
   <si>
     <t>#70 Christopher Nelson - RG</t>
   </si>
   <si>
-    <t>#94 James Muirhead - MLB</t>
+    <t>#94 James Muirhead - RDE</t>
   </si>
   <si>
     <t>#95 Gregory Harrison - RDE</t>
   </si>
   <si>
     <t>#91 Scott Johnson - MLB</t>
   </si>
   <si>
     <t>#31 Efren Martinez - CB</t>
   </si>
   <si>
     <t>#31 Donald Scott - CB</t>
   </si>
   <si>
     <t>#22 John Sandoval - SS</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>CIN 36</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>PIT 42</t>
   </si>
   <si>
     <t>1-10-PIT 42 (11:56) 15-Gary Fielding pass complete to 10-Julio Hamilton to PIT 4 for 38 yards. Pressure by 90-James Muirhead.</t>
   </si>
   <si>
     <t>11:09</t>
   </si>
   <si>
     <t>PIT 4</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-4-PIT 4 (11:08) 15-Gary Fielding pass complete to 16-Rolando Carter to PIT 1 for 2 yards. Tackle by 93-Gerald Felipe. Nice job by 16-Rolando Carter on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#29 Floyd Noble - WR</t>
   </si>
   <si>
-    <t>#14 Larry Shafer - WR</t>
+    <t>#17 Larry Shafer - C</t>
   </si>
   <si>
     <t>#16 Rolando Carter - WR</t>
   </si>
   <si>
     <t>#1 Frank Dardar - WR</t>
   </si>
   <si>
     <t>#97 Noah Lopez - RDE</t>
   </si>
   <si>
     <t>#71 Scott Jacobs - DT</t>
   </si>
   <si>
     <t>#44 Gerald Felipe - SS</t>
   </si>
   <si>
     <t>#36 Roy Maxwell - CB</t>
   </si>
   <si>
     <t>10:26</t>
   </si>
   <si>
     <t>PIT 1</t>
   </si>
@@ -2245,51 +2245,51 @@
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">