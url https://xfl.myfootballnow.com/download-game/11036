--- v2 (2026-01-30)
+++ v3 (2026-03-31)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-PIT 25 (15:00) 8-John Turner pass incomplete, intended for 82-Ernest Matney. PIT 67-Anthony Espinal was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#8 John Turner - QB</t>
   </si>
   <si>
     <t>#42 Brett Clinton - RB</t>
   </si>
   <si>
     <t>#89 Ernest Matney - TE</t>
   </si>
   <si>
     <t>#10 Scott Rodriquez - WR</t>
   </si>
   <si>
     <t>#14 Harold Wilson - WR</t>
   </si>
   <si>
     <t>#52 Terry Swanson - C</t>
   </si>
   <si>
     <t>#55 Stephen Barnes - C</t>
   </si>
   <si>
-    <t>#74 Anthony Espinal - C</t>
+    <t>#57 Anthony Espinal - C</t>
   </si>
   <si>
     <t>#71 Wilmer Guidry - LT</t>
   </si>
   <si>
     <t>#67 Earl Smith - RT</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#93 Clifford Kipp - DT</t>
   </si>
   <si>
     <t>#78 Glen Freund - DT</t>
   </si>
   <si>
     <t>#53 Harry Ulrich - RDE</t>
   </si>
   <si>
     <t>#48 Kevin Morales - LDE</t>
   </si>
   <si>
     <t>#34 Eric Kimmel - CB</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#58 Arthur Taylor - LG</t>
   </si>
   <si>
     <t>#79 William Campbell - C</t>
   </si>
   <si>
     <t>#79 Michael Nunes - C</t>
   </si>
   <si>
     <t>#70 Christopher Nelson - RG</t>
   </si>
   <si>
-    <t>#94 James Muirhead - RDE</t>
+    <t>#94 James Muirhead - LDE</t>
   </si>
   <si>
     <t>#95 Gregory Harrison - RDE</t>
   </si>
   <si>
     <t>#91 Scott Johnson - MLB</t>
   </si>
   <si>
     <t>#31 Efren Martinez - CB</t>
   </si>
   <si>
     <t>#31 Donald Scott - CB</t>
   </si>
   <si>
     <t>#22 John Sandoval - SS</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>CIN 36</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
@@ -788,51 +788,51 @@
   <si>
     <t>1-10-PIT 21 (6:59) 8-John Turner pass complete to 1-Brett Clinton to PIT 19 for -2 yards. Tackle by 49-Patrick Gunderson.</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>PIT 19</t>
   </si>
   <si>
     <t>2-12-PIT 19 (6:20) 8-John Turner pass complete to 84-Scott Rodriquez to PIT 45 for 26 yards.</t>
   </si>
   <si>
     <t>5:39</t>
   </si>
   <si>
     <t>PIT 45</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>1-10-PIT 45 (5:38) 8-John Turner pass Pass knocked down by 59-Thomas Layne. incomplete, intended for 85-Joseph Hearn.</t>
   </si>
   <si>
-    <t>#65 Harvey Buchanan - LG</t>
+    <t>#65 Harvey Buchanan - LT</t>
   </si>
   <si>
     <t>5:34</t>
   </si>
   <si>
     <t>2-10-PIT 45 (5:35) 1-Brett Clinton ran to PIT 43 for -2 yards. Tackle by 48-Christopher Barcomb.</t>
   </si>
   <si>
     <t>#13 George Thompson - WR</t>
   </si>
   <si>
     <t>4:53</t>
   </si>
   <si>
     <t>PIT 43</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-12-PIT 43 (4:52) 8-John Turner pass complete to 88-Harold Wilson to CIN 45 for 12 yards. Tackle by 31-David Shreve.</t>
   </si>
   <si>
     <t>4:16</t>
   </si>