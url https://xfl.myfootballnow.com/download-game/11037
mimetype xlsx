--- v0 (2025-10-26)
+++ v1 (2025-12-23)
@@ -335,78 +335,78 @@
   <si>
     <t>#3 Joshua Norman - SS</t>
   </si>
   <si>
     <t>#8 Robert Sauceda - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 4-Alfred Duquette pass complete to 40-Alan Williams to HOU 44 for 19 yards. Pressure by 76-Anthony Figueroa.</t>
   </si>
   <si>
     <t>#4 Alfred Duquette - QB</t>
   </si>
   <si>
-    <t>#32 Steven Ferreira - RB</t>
+    <t>#44 Steven Ferreira - RB</t>
   </si>
   <si>
     <t>#11 Michael Newsome - WR</t>
   </si>
   <si>
     <t>#87 Steven Magana - WR</t>
   </si>
   <si>
     <t>#83 Edward Trost - WR</t>
   </si>
   <si>
     <t>#77 John Mattingly - LT</t>
   </si>
   <si>
     <t>#60 Daniel Dellinger - LG</t>
   </si>
   <si>
     <t>#67 Larry Wilson - C</t>
   </si>
   <si>
     <t>#50 Elton Hypes - RT</t>
   </si>
   <si>
     <t>#73 Rocco Schwartz - RT</t>
   </si>
   <si>
-    <t>#53 George Roberts - SS</t>
+    <t>#55 George Roberts - WLB</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
     <t>#54 Robert Rosales - DT</t>
   </si>
   <si>
     <t>#76 Anthony Figueroa - RDE</t>
   </si>
   <si>
     <t>#2 Ken Pace - CB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#34 Howard Leonard - CB</t>
   </si>
   <si>
     <t>#22 Hiram Lund - CB</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
@@ -521,63 +521,63 @@
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 20 (12:04) 5-Kevin Trout pass Pass knocked down by 33-Roger Trimmer. incomplete, intended for 80-James Dyson.</t>
   </si>
   <si>
     <t>#5 Kevin Trout - QB</t>
   </si>
   <si>
     <t>#41 William Smalls - RB</t>
   </si>
   <si>
     <t>#17 Rob Sloan - WR</t>
   </si>
   <si>
     <t>#17 Thomas Jewell - WR</t>
   </si>
   <si>
     <t>#72 Lawrence Brown - LT</t>
   </si>
   <si>
     <t>#74 Paul Boykin - LG</t>
   </si>
   <si>
-    <t>#73 Thomas Williams - LG</t>
+    <t>#79 Thomas Williams - LG</t>
   </si>
   <si>
     <t>#70 Sergio Christiansen - RG</t>
   </si>
   <si>
     <t>#57 Coleman Glaze - RDE</t>
   </si>
   <si>
     <t>#93 Carl Simpson - DT</t>
   </si>
   <si>
-    <t>#53 Larry Cushing - SLB</t>
+    <t>#56 Larry Cushing - SLB</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-MIA 20 (12:01) 18-Samuel Sharma ran to MIA 24 for 4 yards. Tackle by 54-Mark Rocheleau.</t>
   </si>
   <si>
     <t>#16 Edward McLaughlin - WR</t>
   </si>
   <si>
     <t>#75 James Caulkins - RG</t>
   </si>
   <si>
     <t>#21 Jeremy Seltzer - CB</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
@@ -1889,51 +1889,51 @@
   <si>
     <t>2-9-MIA 22 (2:28) 5-Kevin Trout pass Pass knocked down by 27-Kyle Locklin. incomplete, intended for 89-Rob Sloan. PENALTY - Pass Interference (HOU 41-Pedro Johnson)</t>
   </si>
   <si>
     <t>2:23</t>
   </si>
   <si>
     <t>MIA 30</t>
   </si>
   <si>
     <t>1-10-MIA 30 (2:24) 5-Kevin Trout pass INTERCEPTED by 24-David Swain at MIA 36. 24-David Swain to MIA 36 for 0 yards. Tackle by 84-Seth Ibanez.</t>
   </si>
   <si>
     <t>2:20</t>
   </si>
   <si>
     <t>MIA 36</t>
   </si>
   <si>
     <t>1-10-MIA 36 (2:21) 40-Alan Williams ran to MIA 33 for 3 yards. Tackle by 51-Ken Pace. MIA 72-George Roberts was injured on the play.</t>
   </si>
   <si>
     <t>2-7-MIA 33 (2:00) 4-Alfred Duquette pass complete to 39-William Silva to MIA 19 for 14 yards. Pressure by 76-Anthony Figueroa.</t>
   </si>
   <si>
-    <t>#98 Andre Boos - RDE</t>
+    <t>#68 Andre Boos - RDE</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-MIA 19 (1:56) 40-Alan Williams ran to MIA 20 for -1 yards. Tackle by 76-Anthony Figueroa.</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>2-11-MIA 20 (1:50) 4-Alfred Duquette pass complete to 40-Alan Williams to MIA 19 for 2 yards. Tackle by 91-Frank Watson.</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
@@ -2414,51 +2414,51 @@
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>