--- v1 (2025-12-23)
+++ v2 (2026-01-22)
@@ -293,51 +293,51 @@
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Robert Sauceda kicks 75 yards from MIA 35 to HOU -10. Touchback.</t>
   </si>
   <si>
     <t>#29 Alan Williams - RB</t>
   </si>
   <si>
     <t>#51 Robert Mann - WLB</t>
   </si>
   <si>
     <t>#56 Brett McKenzie - RDE</t>
   </si>
   <si>
     <t>#38 Charles Sale - CB</t>
   </si>
   <si>
-    <t>#61 John Hutchings - DT</t>
+    <t>#98 John Hutchings - DT</t>
   </si>
   <si>
     <t>#69 Andrew Herring - RDE</t>
   </si>
   <si>
     <t>#54 Mark Rocheleau - MLB</t>
   </si>
   <si>
     <t>#42 David Swain - CB</t>
   </si>
   <si>
     <t>#41 Pedro Johnson - CB</t>
   </si>
   <si>
     <t>#33 Roger Trimmer - SS</t>
   </si>
   <si>
     <t>#3 Joshua Norman - SS</t>
   </si>
   <si>
     <t>#8 Robert Sauceda - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
@@ -362,69 +362,69 @@
   <si>
     <t>#11 Michael Newsome - WR</t>
   </si>
   <si>
     <t>#87 Steven Magana - WR</t>
   </si>
   <si>
     <t>#83 Edward Trost - WR</t>
   </si>
   <si>
     <t>#77 John Mattingly - LT</t>
   </si>
   <si>
     <t>#60 Daniel Dellinger - LG</t>
   </si>
   <si>
     <t>#67 Larry Wilson - C</t>
   </si>
   <si>
     <t>#50 Elton Hypes - RT</t>
   </si>
   <si>
     <t>#73 Rocco Schwartz - RT</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
     <t>#54 Robert Rosales - DT</t>
   </si>
   <si>
-    <t>#76 Anthony Figueroa - RDE</t>
+    <t>#76 Anthony Figueroa - DT</t>
   </si>
   <si>
     <t>#2 Ken Pace - CB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
-    <t>#34 Howard Leonard - CB</t>
+    <t>#34 Howard Leonard - DT</t>
   </si>
   <si>
     <t>#22 Hiram Lund - CB</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
   <si>
     <t>#28 Greg McKenzie - SS</t>
   </si>
   <si>
     <t>#39 Allen Belcher - CB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>HOU 44</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
@@ -590,51 +590,51 @@
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-6-MIA 24 (11:19) 18-Samuel Sharma ran to MIA 28 for 4 yards. Tackle by 52-Larry Cushing.</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>MIA 28</t>
   </si>
   <si>
     <t>4-2-MIA 28 (10:47) 9-Michael Scott punts 50 yards to HOU 22. 11-Michael Newsome to HOU 27 for 5 yards. Tackle by 38-Derrick Roberts.</t>
   </si>
   <si>
     <t>#9 Michael Scott - P</t>
   </si>
   <si>
     <t>#57 Leslie Brown - LT</t>
   </si>
   <si>
     <t>#82 Michael Newell - RB</t>
   </si>
   <si>
-    <t>#93 Dustin Brockington - RDE</t>
+    <t>#58 Dustin Brockington - RDE</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>HOU 27</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 27 (10:39) 40-Alan Williams ran to HOU 23 for -3 yards. Tackle by 95-Lewis Jones.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>HOU 23</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
@@ -2414,52 +2414,52 @@
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>