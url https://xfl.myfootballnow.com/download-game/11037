--- v2 (2026-01-22)
+++ v3 (2026-03-12)
@@ -359,72 +359,72 @@
   <si>
     <t>#44 Steven Ferreira - RB</t>
   </si>
   <si>
     <t>#11 Michael Newsome - WR</t>
   </si>
   <si>
     <t>#87 Steven Magana - WR</t>
   </si>
   <si>
     <t>#83 Edward Trost - WR</t>
   </si>
   <si>
     <t>#77 John Mattingly - LT</t>
   </si>
   <si>
     <t>#60 Daniel Dellinger - LG</t>
   </si>
   <si>
     <t>#67 Larry Wilson - C</t>
   </si>
   <si>
     <t>#50 Elton Hypes - RT</t>
   </si>
   <si>
-    <t>#73 Rocco Schwartz - RT</t>
+    <t>#75 Rocco Schwartz - RT</t>
   </si>
   <si>
     <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
-    <t>#54 Robert Rosales - DT</t>
-[...2 lines deleted...]
-    <t>#76 Anthony Figueroa - DT</t>
+    <t>#90 Robert Rosales - DT</t>
+  </si>
+  <si>
+    <t>#76 Anthony Figueroa - RDE</t>
   </si>
   <si>
     <t>#2 Ken Pace - CB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
-    <t>#34 Howard Leonard - DT</t>
+    <t>#34 Howard Leonard - CB</t>
   </si>
   <si>
     <t>#22 Hiram Lund - CB</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
   <si>
     <t>#28 Greg McKenzie - SS</t>
   </si>
   <si>
     <t>#39 Allen Belcher - CB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>HOU 44</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
@@ -2415,51 +2415,51 @@
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>