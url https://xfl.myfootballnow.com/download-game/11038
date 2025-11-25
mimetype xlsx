--- v0 (2025-10-26)
+++ v1 (2025-11-25)
@@ -365,81 +365,81 @@
   <si>
     <t>#30 John Cartagena - FB</t>
   </si>
   <si>
     <t>#19 Justin Richardson - WR</t>
   </si>
   <si>
     <t>#35 Kenny Davis - WR</t>
   </si>
   <si>
     <t>#77 Anthony Edwards - LT</t>
   </si>
   <si>
     <t>#64 Joey Carney - LG</t>
   </si>
   <si>
     <t>#65 James Woolfolk - C</t>
   </si>
   <si>
     <t>#61 John Folsom - LG</t>
   </si>
   <si>
     <t>#73 Knight Templar - LT</t>
   </si>
   <si>
-    <t>#94 Scott Carmack - LDE</t>
+    <t>#55 Scott Carmack - SS</t>
   </si>
   <si>
     <t>#90 Rolf Brown - RDE</t>
   </si>
   <si>
     <t>#93 James Sellers - DT</t>
   </si>
   <si>
     <t>#24 Henry Esterly - SS</t>
   </si>
   <si>
     <t>#36 Eric Wicker - FS</t>
   </si>
   <si>
     <t>#42 Steven Lamontagne - CB</t>
   </si>
   <si>
     <t>#22 Vick Dominoe - CB</t>
   </si>
   <si>
     <t>#42 William Allen - CB</t>
   </si>
   <si>
     <t>#35 Richard Bell - CB</t>
   </si>
   <si>
     <t>#43 Arthur Schley - CB</t>
   </si>
   <si>
-    <t>#52 Ronald Knox - CB</t>
+    <t>#34 Ronald Knox - CB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-NYE 25 (14:58) 9-Michael Fitzgerald pass complete to 28-Duane Clark to NYE 36 for 11 yards. Tackle by 42-William Allen.</t>
   </si>
   <si>
     <t>#15 George Smith - WR</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>NYE 36</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>#97 Jerome Bryant - DT</t>
   </si>
   <si>
     <t>#94 Robert Holloway - RDE</t>
   </si>
   <si>
     <t>(2:51) 9-Sheldon Wallace kicks 72 yards from DAK 35 to NYE -7. Touchback.</t>
   </si>
   <si>
     <t>1-10-NYE 25 (2:51) 9-Michael Fitzgerald pass Pass knocked down by 20-Richard Bell. incomplete, intended for 15-George Smith. NYE 61-John Folsom was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:45</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>2-10-NYE 25 (2:46) 9-Michael Fitzgerald pass complete to 12-Louis Chenard to DAK 28 for 47 yards. Tackle by 42-William Allen.</t>
   </si>
   <si>
     <t>#7 Michael Montgomery - RB</t>
   </si>
   <si>
-    <t>#67 Michael Lyons - RG</t>
+    <t>#54 Michael Lyons - RG</t>
   </si>
   <si>
     <t>2:04</t>
   </si>
   <si>
     <t>1-10-DAK 28 (2:03) 9-Michael Fitzgerald pass complete to 15-George Smith to DAK 23 for 5 yards. Tackle by 29-Vick Dominoe.</t>
   </si>
   <si>
     <t>#62 Frederick Ruiz - RG</t>
   </si>
   <si>
     <t>#52 Russell Woods - LG</t>
   </si>
   <si>
     <t>#60 Gunnar Van Slyke - FS</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
   <si>
     <t>DAK 23</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>