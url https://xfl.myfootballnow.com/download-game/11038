--- v1 (2025-11-25)
+++ v2 (2025-12-19)
@@ -365,51 +365,51 @@
   <si>
     <t>#30 John Cartagena - FB</t>
   </si>
   <si>
     <t>#19 Justin Richardson - WR</t>
   </si>
   <si>
     <t>#35 Kenny Davis - WR</t>
   </si>
   <si>
     <t>#77 Anthony Edwards - LT</t>
   </si>
   <si>
     <t>#64 Joey Carney - LG</t>
   </si>
   <si>
     <t>#65 James Woolfolk - C</t>
   </si>
   <si>
     <t>#61 John Folsom - LG</t>
   </si>
   <si>
     <t>#73 Knight Templar - LT</t>
   </si>
   <si>
-    <t>#55 Scott Carmack - SS</t>
+    <t>#93 Scott Carmack - LDE</t>
   </si>
   <si>
     <t>#90 Rolf Brown - RDE</t>
   </si>
   <si>
     <t>#93 James Sellers - DT</t>
   </si>
   <si>
     <t>#24 Henry Esterly - SS</t>
   </si>
   <si>
     <t>#36 Eric Wicker - FS</t>
   </si>
   <si>
     <t>#42 Steven Lamontagne - CB</t>
   </si>
   <si>
     <t>#22 Vick Dominoe - CB</t>
   </si>
   <si>
     <t>#42 William Allen - CB</t>
   </si>
   <si>
     <t>#35 Richard Bell - CB</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>#97 Jerome Bryant - DT</t>
   </si>
   <si>
     <t>#94 Robert Holloway - RDE</t>
   </si>
   <si>
     <t>(2:51) 9-Sheldon Wallace kicks 72 yards from DAK 35 to NYE -7. Touchback.</t>
   </si>
   <si>
     <t>1-10-NYE 25 (2:51) 9-Michael Fitzgerald pass Pass knocked down by 20-Richard Bell. incomplete, intended for 15-George Smith. NYE 61-John Folsom was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:45</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>2-10-NYE 25 (2:46) 9-Michael Fitzgerald pass complete to 12-Louis Chenard to DAK 28 for 47 yards. Tackle by 42-William Allen.</t>
   </si>
   <si>
     <t>#7 Michael Montgomery - RB</t>
   </si>
   <si>
-    <t>#54 Michael Lyons - RG</t>
+    <t>#58 Michael Lyons - RG</t>
   </si>
   <si>
     <t>2:04</t>
   </si>
   <si>
     <t>1-10-DAK 28 (2:03) 9-Michael Fitzgerald pass complete to 15-George Smith to DAK 23 for 5 yards. Tackle by 29-Vick Dominoe.</t>
   </si>
   <si>
     <t>#62 Frederick Ruiz - RG</t>
   </si>
   <si>
     <t>#52 Russell Woods - LG</t>
   </si>
   <si>
     <t>#60 Gunnar Van Slyke - FS</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
   <si>
     <t>DAK 23</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>