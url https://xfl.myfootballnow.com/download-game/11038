--- v2 (2025-12-19)
+++ v3 (2026-01-10)
@@ -365,51 +365,51 @@
   <si>
     <t>#30 John Cartagena - FB</t>
   </si>
   <si>
     <t>#19 Justin Richardson - WR</t>
   </si>
   <si>
     <t>#35 Kenny Davis - WR</t>
   </si>
   <si>
     <t>#77 Anthony Edwards - LT</t>
   </si>
   <si>
     <t>#64 Joey Carney - LG</t>
   </si>
   <si>
     <t>#65 James Woolfolk - C</t>
   </si>
   <si>
     <t>#61 John Folsom - LG</t>
   </si>
   <si>
     <t>#73 Knight Templar - LT</t>
   </si>
   <si>
-    <t>#93 Scott Carmack - LDE</t>
+    <t>#93 Scott Carmack - SS</t>
   </si>
   <si>
     <t>#90 Rolf Brown - RDE</t>
   </si>
   <si>
     <t>#93 James Sellers - DT</t>
   </si>
   <si>
     <t>#24 Henry Esterly - SS</t>
   </si>
   <si>
     <t>#36 Eric Wicker - FS</t>
   </si>
   <si>
     <t>#42 Steven Lamontagne - CB</t>
   </si>
   <si>
     <t>#22 Vick Dominoe - CB</t>
   </si>
   <si>
     <t>#42 William Allen - CB</t>
   </si>
   <si>
     <t>#35 Richard Bell - CB</t>
   </si>