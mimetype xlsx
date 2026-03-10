--- v3 (2026-01-10)
+++ v4 (2026-03-10)
@@ -542,69 +542,69 @@
   <si>
     <t>#98 John Jones - CB</t>
   </si>
   <si>
     <t>#72 Aaron Kane - RT</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>DAK 20</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DAK 20 (12:17) PENALTY - False Start (DAK 67-Samuel Domingue)</t>
   </si>
   <si>
     <t>#6 Stephen Gibson - QB</t>
   </si>
   <si>
-    <t>#17 John Webb - WR</t>
+    <t>#17 John Webb - RB</t>
   </si>
   <si>
     <t>#86 Gabriel Hill - WR</t>
   </si>
   <si>
     <t>#42 Ralph George - FB</t>
   </si>
   <si>
     <t>#83 Joshua Davis - WR</t>
   </si>
   <si>
     <t>#66 Gene Perez - LT</t>
   </si>
   <si>
-    <t>#47 Corey Martinez - LG</t>
-[...2 lines deleted...]
-    <t>#55 James Martin - C</t>
+    <t>#77 Corey Martinez - LG</t>
+  </si>
+  <si>
+    <t>#60 James Martin - C</t>
   </si>
   <si>
     <t>#56 Samuel Domingue - RG</t>
   </si>
   <si>
     <t>#63 Richard Carroll - RG</t>
   </si>
   <si>
     <t>#93 Daniel Barkley - LDE</t>
   </si>
   <si>
     <t>#96 Caleb Borowski - DT</t>
   </si>
   <si>
     <t>#58 Francis Whorton - WLB</t>
   </si>
   <si>
     <t>DAK 15</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>