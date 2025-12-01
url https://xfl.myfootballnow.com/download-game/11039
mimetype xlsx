--- v0 (2025-10-21)
+++ v1 (2025-12-01)
@@ -290,57 +290,57 @@
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>MEM 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-William Davis kicks 75 yards from MEM 35 to ORG -10. Touchback.</t>
   </si>
   <si>
     <t>#34 James Arnold - RB</t>
   </si>
   <si>
     <t>#96 Edwin Johnson - DT</t>
   </si>
   <si>
     <t>#72 Steven Shaw - MLB</t>
   </si>
   <si>
-    <t>#68 Joshua McIver - LDE</t>
+    <t>#54 Joshua McIver - LDE</t>
   </si>
   <si>
     <t>#43 James McGuire - CB</t>
   </si>
   <si>
-    <t>#53 Neal Williamson - DT</t>
+    <t>#62 Neal Williamson - DT</t>
   </si>
   <si>
     <t>#95 Zachary Cavitt - RDE</t>
   </si>
   <si>
     <t>#32 Steven Lindgren - CB</t>
   </si>
   <si>
     <t>#28 Lance Cook - CB</t>
   </si>
   <si>
     <t>#36 Jonathan Kimbrough - CB</t>
   </si>
   <si>
     <t>#55 Scott Farris - RDE</t>
   </si>
   <si>
     <t>#4 William Davis - K</t>
   </si>
   <si>
     <t>ORG</t>
   </si>
   <si>
     <t>ORG 25</t>
   </si>
@@ -350,72 +350,72 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ORG 25 (15:00) 34-James Arnold ran to ORG 25 for a short loss. Tackle by 57-Martin Leamon.</t>
   </si>
   <si>
     <t>#3 Michael Keeler - QB</t>
   </si>
   <si>
     <t>#54 Gary Vanzandt - RT</t>
   </si>
   <si>
     <t>#89 James Bradshaw - WR</t>
   </si>
   <si>
     <t>#12 Robert Woods - WR</t>
   </si>
   <si>
     <t>#82 Prince Larsen - WR</t>
   </si>
   <si>
     <t>#79 Brian Tyree - RT</t>
   </si>
   <si>
-    <t>#68 Edward Campbell - RT</t>
+    <t>#68 Edward Campbell - C</t>
   </si>
   <si>
     <t>#53 Anthony Linkous - C</t>
   </si>
   <si>
-    <t>#63 John Chan - C</t>
+    <t>#63 John Chan - RG</t>
   </si>
   <si>
     <t>#73 Matthew Garrett - C</t>
   </si>
   <si>
     <t>#74 Bo Johnson - LDE</t>
   </si>
   <si>
     <t>#93 Darrell Dustin - DT</t>
   </si>
   <si>
     <t>#26 William Spiva - RDE</t>
   </si>
   <si>
-    <t>#56 Tony Englert - SLB</t>
+    <t>#53 Tony Englert - WLB</t>
   </si>
   <si>
     <t>#50 Claude Loftis - MLB</t>
   </si>
   <si>
     <t>#57 Martin Leamon - WLB</t>
   </si>
   <si>
     <t>#49 Claude Miller - CB</t>
   </si>
   <si>
     <t>#35 Kevin Eastham - CB</t>
   </si>
   <si>
     <t>#92 Levi Dolin - CB</t>
   </si>
   <si>
     <t>#47 Avery Berlin - SS</t>
   </si>
   <si>
     <t>#55 Terry Mason - MLB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
@@ -497,75 +497,75 @@
   <si>
     <t>1-10-MEM 29 (12:50) 10-Raymond Pica pass Pass knocked down by 29-Daniel Graham. incomplete, intended for 82-Mark Hyde.</t>
   </si>
   <si>
     <t>#10 Raymond Pica - QB</t>
   </si>
   <si>
     <t>#40 Tracy Lopez - LT</t>
   </si>
   <si>
     <t>#36 Jerry Landers - WR</t>
   </si>
   <si>
     <t>#82 Mark Hyde - TE</t>
   </si>
   <si>
     <t>#88 Robert Toliver - WR</t>
   </si>
   <si>
     <t>#12 Bobby Covert - WR</t>
   </si>
   <si>
     <t>#51 Michael Rosenfeld - LT</t>
   </si>
   <si>
-    <t>#62 Ryan Gates - LG</t>
+    <t>#51 Ryan Gates - LG</t>
   </si>
   <si>
     <t>#80 Patrick Brunet - C</t>
   </si>
   <si>
     <t>#50 Douglas Boyd - LG</t>
   </si>
   <si>
-    <t>#69 Edward Leal - RT</t>
-[...5 lines deleted...]
-    <t>#99 David Hartzler - WLB</t>
+    <t>#68 Edward Leal - RT</t>
+  </si>
+  <si>
+    <t>#92 Bobby Massa - MLB</t>
+  </si>
+  <si>
+    <t>#99 David Hartzler - FS</t>
   </si>
   <si>
     <t>#53 Clint Moore - SLB</t>
   </si>
   <si>
     <t>#32 Carl Stacey - CB</t>
   </si>
   <si>
-    <t>#29 Daniel Graham - FS</t>
+    <t>#44 Daniel Graham - FS</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>2-10-MEM 29 (12:48) 37-Reinaldo Millet ran to MEM 33 for 4 yards. Tackle by 99-David Hartzler.</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>MEM 33</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -2240,102 +2240,102 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="281.788" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>