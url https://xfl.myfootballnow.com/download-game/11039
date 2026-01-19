--- v1 (2025-12-01)
+++ v2 (2026-01-19)
@@ -347,51 +347,51 @@
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ORG 25 (15:00) 34-James Arnold ran to ORG 25 for a short loss. Tackle by 57-Martin Leamon.</t>
   </si>
   <si>
     <t>#3 Michael Keeler - QB</t>
   </si>
   <si>
     <t>#54 Gary Vanzandt - RT</t>
   </si>
   <si>
     <t>#89 James Bradshaw - WR</t>
   </si>
   <si>
     <t>#12 Robert Woods - WR</t>
   </si>
   <si>
     <t>#82 Prince Larsen - WR</t>
   </si>
   <si>
-    <t>#79 Brian Tyree - RT</t>
+    <t>#50 Brian Tyree - LT</t>
   </si>
   <si>
     <t>#68 Edward Campbell - C</t>
   </si>
   <si>
     <t>#53 Anthony Linkous - C</t>
   </si>
   <si>
     <t>#63 John Chan - RG</t>
   </si>
   <si>
     <t>#73 Matthew Garrett - C</t>
   </si>
   <si>
     <t>#74 Bo Johnson - LDE</t>
   </si>
   <si>
     <t>#93 Darrell Dustin - DT</t>
   </si>
   <si>
     <t>#26 William Spiva - RDE</t>
   </si>
   <si>
     <t>#53 Tony Englert - WLB</t>
   </si>
@@ -482,51 +482,51 @@
   <si>
     <t>#58 Charles Scott - CB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>MEM 29</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MEM 29 (12:50) 10-Raymond Pica pass Pass knocked down by 29-Daniel Graham. incomplete, intended for 82-Mark Hyde.</t>
   </si>
   <si>
     <t>#10 Raymond Pica - QB</t>
   </si>
   <si>
     <t>#40 Tracy Lopez - LT</t>
   </si>
   <si>
-    <t>#36 Jerry Landers - WR</t>
+    <t>#36 Jerry Landers - C</t>
   </si>
   <si>
     <t>#82 Mark Hyde - TE</t>
   </si>
   <si>
     <t>#88 Robert Toliver - WR</t>
   </si>
   <si>
     <t>#12 Bobby Covert - WR</t>
   </si>
   <si>
     <t>#51 Michael Rosenfeld - LT</t>
   </si>
   <si>
     <t>#51 Ryan Gates - LG</t>
   </si>
   <si>
     <t>#80 Patrick Brunet - C</t>
   </si>
   <si>
     <t>#50 Douglas Boyd - LG</t>
   </si>
   <si>
     <t>#68 Edward Leal - RT</t>
   </si>
@@ -899,51 +899,51 @@
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-10-MEM 25 (1:11) 10-Raymond Pica pass complete to 88-Robert Toliver to ORG 41 for 34 yards. MEM 37-Reinaldo Millet was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:28</t>
   </si>
   <si>
     <t>ORG 41</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-ORG 41 (0:27) 10-Raymond Pica pass Pass knocked down by 93-Clint Moore. incomplete, intended for 31-Charles Farrow.</t>
   </si>
   <si>
     <t>#45 Derek Saunders - RB</t>
   </si>
   <si>
-    <t>#12 Charles Farrow - WR</t>
+    <t>#86 Charles Farrow - WR</t>
   </si>
   <si>
     <t>#21 Manuel Oconnor - CB</t>
   </si>
   <si>
     <t>0:23</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-ORG 41 (0:24) 23-Tracy Lopez ran to ORG 38 for 3 yards. Tackle by 53-Neal Williamson.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>3-7-ORG 38 (15:00) 10-Raymond Pica pass complete to 37-Reinaldo Millet to ORG 31 for 7 yards. Tackle by 43-James McGuire. PENALTY - Holding (MEM 23-Tracy Lopez)</t>
   </si>