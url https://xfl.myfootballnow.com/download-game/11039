--- v2 (2026-01-19)
+++ v3 (2026-03-15)
@@ -350,51 +350,51 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ORG 25 (15:00) 34-James Arnold ran to ORG 25 for a short loss. Tackle by 57-Martin Leamon.</t>
   </si>
   <si>
     <t>#3 Michael Keeler - QB</t>
   </si>
   <si>
     <t>#54 Gary Vanzandt - RT</t>
   </si>
   <si>
     <t>#89 James Bradshaw - WR</t>
   </si>
   <si>
     <t>#12 Robert Woods - WR</t>
   </si>
   <si>
     <t>#82 Prince Larsen - WR</t>
   </si>
   <si>
     <t>#50 Brian Tyree - LT</t>
   </si>
   <si>
-    <t>#68 Edward Campbell - C</t>
+    <t>#72 Edward Campbell - LG</t>
   </si>
   <si>
     <t>#53 Anthony Linkous - C</t>
   </si>
   <si>
     <t>#63 John Chan - RG</t>
   </si>
   <si>
     <t>#73 Matthew Garrett - C</t>
   </si>
   <si>
     <t>#74 Bo Johnson - LDE</t>
   </si>
   <si>
     <t>#93 Darrell Dustin - DT</t>
   </si>
   <si>
     <t>#26 William Spiva - RDE</t>
   </si>
   <si>
     <t>#53 Tony Englert - WLB</t>
   </si>
   <si>
     <t>#50 Claude Loftis - MLB</t>
   </si>
@@ -2240,51 +2240,51 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="281.788" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>