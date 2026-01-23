--- v0 (2025-11-02)
+++ v1 (2026-01-23)
@@ -287,51 +287,51 @@
   <si>
     <t>TBY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>LAC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Chad Wetmore kicks 74 yards from LAC 35 to TBY -9. Touchback.</t>
   </si>
   <si>
     <t>#29 Marvin Bradford - RB</t>
   </si>
   <si>
     <t>#26 William Allard - CB</t>
   </si>
   <si>
-    <t>#91 William Bridwell - RDE</t>
+    <t>#91 William Bridwell - LDE</t>
   </si>
   <si>
     <t>#98 Winston Callahan - RDE</t>
   </si>
   <si>
     <t>#46 Bradley Jones - CB</t>
   </si>
   <si>
     <t>#57 Russel Bernhardt - SS</t>
   </si>
   <si>
     <t>#3 James Rosen - CB</t>
   </si>
   <si>
     <t>#85 Norman Martin - RT</t>
   </si>
   <si>
     <t>#17 Jamar Quick - WR</t>
   </si>
   <si>
     <t>#41 Boyd Woods - CB</t>
   </si>
   <si>
     <t>#80 Gregory Martinez - TE</t>
   </si>
@@ -503,87 +503,87 @@
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-LAC 32 (13:02) 20-Alfredo Barr ran to LAC 38 for 6 yards. Tackle by 56-William Estrella.</t>
   </si>
   <si>
     <t>#6 Robert Gibson - QB</t>
   </si>
   <si>
     <t>#23 James King - RB</t>
   </si>
   <si>
     <t>#7 Alfredo Barr - RB</t>
   </si>
   <si>
     <t>#83 Jeffrey Armstrong - WR</t>
   </si>
   <si>
     <t>#82 Trevor Warrior - WR</t>
   </si>
   <si>
-    <t>#77 Richard Dobson - C</t>
+    <t>#62 Richard Dobson - LT</t>
   </si>
   <si>
     <t>#64 Clyde Torres - RG</t>
   </si>
   <si>
     <t>#61 Matthew Dabbs - C</t>
   </si>
   <si>
     <t>#62 Jim Bemis - LT</t>
   </si>
   <si>
     <t>#67 Donald Hogan - RT</t>
   </si>
   <si>
     <t>#90 Michael Gonzales - LDE</t>
   </si>
   <si>
-    <t>#90 Joseph Kissee - DT</t>
+    <t>#96 Joseph Kissee - DT</t>
   </si>
   <si>
     <t>#99 Jimmy Ortiz - DT</t>
   </si>
   <si>
     <t>#82 Robert Garcia - RDE</t>
   </si>
   <si>
     <t>#42 James Melendez - SLB</t>
   </si>
   <si>
     <t>#50 John Price - DT</t>
   </si>
   <si>
     <t>#94 Steven Houston - WLB</t>
   </si>
   <si>
-    <t>#45 William Estrella - SS</t>
+    <t>#36 William Estrella - SS</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>LAC 38</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-4-LAC 38 (12:17) 6-Robert Gibson sacked at LAC 31 for -7 yards (88-Michael Gonzales). Sack allowed by 32-Joseph Moore.</t>
   </si>
   <si>
     <t>#32 Joseph Moore - RB</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>LAC 31</t>
   </si>
@@ -932,51 +932,51 @@
   <si>
     <t>(0:13) Extra point GOOD by 8-Clinton Matheson. TBY 10 LAC 0</t>
   </si>
   <si>
     <t>(0:13) 8-Clinton Matheson kicks 67 yards from TBY 35 to LAC -2. Touchback.</t>
   </si>
   <si>
     <t>1-10-LAC 25 (0:13) 6-Robert Gibson pass complete to 82-Trevor Warrior to LAC 29 for 4 yards. Tackle by 46-Bradley Jones.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>LAC 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-6-LAC 29 (15:00) 23-James King ran to LAC 30 for 1 yards. 23-James King FUMBLES (56-William Estrella) recovered by TBY-56-William Estrella at LAC 31. Tackle by 61-Matthew Dabbs.</t>
   </si>
   <si>
-    <t>#86 Jordan Leblanc - TE</t>
+    <t>#88 Jordan Leblanc - TE</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>1-10-LAC 31 (14:57) 4-Douglas Brock pass complete to 80-Gregory Martinez to LAC 21 for 10 yards. Tackle by 38-Roger Mattox.</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-1-LAC 21 (14:15) 4-Douglas Brock pass Pass knocked down by 41-Frank Child. incomplete, intended for 80-Gregory Martinez.</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>3-1-LAC 21 (14:12) 4-Douglas Brock pass complete to 39-Timothy Perry to LAC 19 for 2 yards. Tackle by 25-Noel Lamb.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
@@ -1418,51 +1418,51 @@
   <si>
     <t>3-12-LAC 49 (9:10) 6-Robert Gibson pass complete to 23-James King to TBY 40 for 11 yards. 23-James King FUMBLES (50-John Price)</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>TBY 40</t>
   </si>
   <si>
     <t>4-1-TBY 40 (8:30) 6-Robert Gibson pass complete to 20-Alfredo Barr to TBY 34 for 6 yards. Tackle by 53-Russell Merz.</t>
   </si>
   <si>
     <t>#53 Russell Merz - WLB</t>
   </si>
   <si>
     <t>7:45</t>
   </si>
   <si>
     <t>TBY 34</t>
   </si>
   <si>
     <t>1-10-TBY 34 (7:44) 26-Filiberto Charles ran to TBY 36 for -2 yards. Tackle by 94-Steven Houston.</t>
   </si>
   <si>
-    <t>#51 Robert Carrozza - MLB</t>
+    <t>#96 Robert Carrozza - MLB</t>
   </si>
   <si>
     <t>TBY 36</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>2-12-TBY 36 (7:02) 23-James King ran to TBY 31 for 5 yards. Tackle by 50-John Price.</t>
   </si>
   <si>
     <t>6:29</t>
   </si>
   <si>
     <t>3-8-TBY 31 (6:28) 6-Robert Gibson pass complete to 82-Trevor Warrior to TBY 25 for 6 yards. Tackle by 46-Bradley Jones.</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>4-1-TBY 25 (5:47) 6-Robert Gibson pass complete to 88-Wilbert Henderson to TBY 21 for 4 yards. Tackle by 26-William Allard.</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
@@ -2311,51 +2311,51 @@
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">