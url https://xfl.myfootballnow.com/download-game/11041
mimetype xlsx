--- v0 (2026-01-19)
+++ v1 (2026-03-20)
@@ -296,102 +296,102 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Timothy Griffin kicks 74 yards from VBA 35 to WAS -9. Touchback.</t>
   </si>
   <si>
     <t>#28 Charles Claus - RB</t>
   </si>
   <si>
     <t>#75 John Rousseau - C</t>
   </si>
   <si>
     <t>#43 William Kulas - CB</t>
   </si>
   <si>
     <t>#92 Nicholas Knight - RDE</t>
   </si>
   <si>
     <t>#97 Travis Daugherty - RDE</t>
   </si>
   <si>
-    <t>#37 Jeffrey Pritchett - RDE</t>
+    <t>#37 Jeffrey Pritchett - SS</t>
   </si>
   <si>
     <t>#41 Michael Anderson - FS</t>
   </si>
   <si>
     <t>#33 Roland Mathis - CB</t>
   </si>
   <si>
     <t>#94 Leo Schaefer - WLB</t>
   </si>
   <si>
     <t>#11 William Vance - WR</t>
   </si>
   <si>
     <t>#56 Michael Ley - RDE</t>
   </si>
   <si>
     <t>#4 Timothy Griffin - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 19-Timothy Hernandez ran to WAS 27 for 2 yards. Tackle by 43-Elbert Lipford.</t>
   </si>
   <si>
     <t>#3 David Mitchell - QB</t>
   </si>
   <si>
     <t>#48 Timothy Hernandez - RB</t>
   </si>
   <si>
     <t>#37 Antone Shaw - FB</t>
   </si>
   <si>
     <t>#87 Jarred Ramos - TE</t>
   </si>
   <si>
     <t>#17 John Enriquez - WR</t>
   </si>
   <si>
-    <t>#86 Leland Mills - TE</t>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>#77 Thomas Leyva - LT</t>
   </si>
   <si>
     <t>#51 Dennis Dorn - C</t>
   </si>
   <si>
     <t>#60 John Mills - C</t>
   </si>
   <si>
     <t>#50 Cedric Dahlke - LT</t>
   </si>
   <si>
     <t>#70 Jon Crowe - LG</t>
   </si>
   <si>
     <t>#49 Reginald Nguyen - RDE</t>
   </si>
   <si>
     <t>#58 Chad Carter - DT</t>
   </si>
   <si>
     <t>#74 Robert Giunta - RDE</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-VBA 23 (13:35) 8-Larry Scruggs pass complete to 88-Eric Mixon to WAS 21 for 55 yards. PENALTY - Pass Interference (WAS 42-William Kulas) (Declined)</t>
   </si>
   <si>
     <t>#11 Larry Scruggs - QB</t>
   </si>
   <si>
     <t>#88 William Bonomo - FB</t>
   </si>
   <si>
     <t>#85 Harry Smith - WR</t>
   </si>
   <si>
     <t>#18 Carlton Bellows - WR</t>
   </si>
   <si>
     <t>#11 Walter Davis - WR</t>
   </si>
   <si>
-    <t>#15 Eric Mixon - C</t>
+    <t>#15 Eric Mixon - WR</t>
   </si>
   <si>
     <t>#64 Lino Runyon - LG</t>
   </si>
   <si>
     <t>#54 Reginald Crosby - C</t>
   </si>
   <si>
     <t>#71 George Reed - RG</t>
   </si>
   <si>
     <t>#76 Matthew Born - RG</t>
   </si>
   <si>
     <t>#98 John Fugate - LDE</t>
   </si>
   <si>
     <t>#77 Oscar Fischer - RDE</t>
   </si>
   <si>
     <t>#93 Nicholas Marchand - MLB</t>
   </si>
   <si>
     <t>#58 Antonio Ortega - WLB</t>
   </si>
@@ -701,51 +701,51 @@
   <si>
     <t>1-10-VBA 33 (10:34) 8-Larry Scruggs pass complete to 88-Eric Mixon to VBA 41 for 8 yards. Tackle by 33-Roland Mathis.</t>
   </si>
   <si>
     <t>#98 Robert Lynch - MLB</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>VBA 41</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-2-VBA 41 (9:47) 5-William Tracy ran to WAS 47 for 11 yards. Tackle by 58-Oscar Fischer. PENALTY - Unnecessary Roughness (WAS 58-Oscar Fischer)</t>
   </si>
   <si>
     <t>#5 William Tracy - RB</t>
   </si>
   <si>
-    <t>#10 Lawrence Newcomb - WR</t>
+    <t>#86 Lawrence Newcomb - WR</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>WAS 32</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-WAS 32 (9:42) 14-William Bonomo ran to WAS 31 for 1 yards. Tackle by 95-Nicholas Knight.</t>
   </si>
   <si>
     <t>9:00</t>
   </si>
   <si>
     <t>WAS 31</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep QB Spy</t>
   </si>
@@ -1595,51 +1595,51 @@
   <si>
     <t>14:35</t>
   </si>
   <si>
     <t>2-10-VBA 40 (14:36) 3-David Mitchell pass Pass knocked down by 25-Paul Lowe. incomplete, intended for 39-Jarred Ramos.</t>
   </si>
   <si>
     <t>14:32</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Deep Corner Post</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>3-10-VBA 40 (14:33) 3-David Mitchell pass complete to 44-Charles Claus to VBA 5 for 35 yards. Tackle by 44-Joseph Wolf. PENALTY - Holding (WAS 54-John Mills)</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>3-20-VBA 50 (14:26) 3-David Mitchell pass complete to 81-Lawrence Robertson to VBA 45 for 4 yards. Tackle by 25-Paul Lowe.</t>
   </si>
   <si>
-    <t>#82 Joseph William - TE</t>
+    <t>#89 Joseph William - TE</t>
   </si>
   <si>
     <t>#35 Phillip Stthomas - CB</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>4-16-VBA 45 (14:07) 16-Lawrence Whitehead punts 45 yards to VBA 0.4-16-VBA 45 (14:07) 16-Lawrence Whitehead punts 45 yards to VBA 0. Touchback.</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>1-10-VBA 20 (14:01) 14-William Bonomo ran to VBA 21 for 1 yards. Tackle by 97-Travis Daugherty.</t>
   </si>
   <si>
     <t>13:20</t>
   </si>
   <si>
     <t>2-9-VBA 21 (13:19) 5-William Tracy ran to VBA 21 for a short gain. Tackle by 95-Nicholas Knight. PENALTY - Offsides (WAS 97-Travis Daugherty)</t>
   </si>
   <si>
     <t>13:17</t>
   </si>
@@ -2253,55 +2253,55 @@
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>