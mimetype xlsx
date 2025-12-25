--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -284,108 +284,108 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PNX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NEC</t>
   </si>
   <si>
     <t>NEC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Gregory Justice kicks 74 yards from NEC 35 to PNX -9. Touchback.</t>
   </si>
   <si>
     <t>#87 Mark Sager - WR</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - DT</t>
+    <t>#99 Justin Mattox - SLB</t>
   </si>
   <si>
     <t>#34 Matthew Rascon - SS</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#27 Jose Henderson - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>#70 Thomas Reyes - LDE</t>
   </si>
   <si>
-    <t>#47 David Smothers - SS</t>
+    <t>#47 David Smothers - CB</t>
   </si>
   <si>
     <t>#12 James Hurlbert - WR</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>#5 Gregory Justice - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PNX 25 (15:00) 45-Daniel Marsden ran to PNX 27 for 2 yards. Tackle by 94-Hubert Paine.</t>
   </si>
   <si>
     <t>#14 Brandon Rodriguez - QB</t>
   </si>
   <si>
     <t>#40 Daniel Marsden - RB</t>
   </si>
   <si>
     <t>#16 Kenneth Ong - WR</t>
   </si>
   <si>
-    <t>#85 Richard Berry - WR</t>
+    <t>#41 Richard Berry - RB</t>
   </si>
   <si>
     <t>#64 Joe Beard - LT</t>
   </si>
   <si>
     <t>#70 Michael Bartlett - LG</t>
   </si>
   <si>
     <t>#79 Mark Larocque - C</t>
   </si>
   <si>
     <t>#61 Arnold Seibold - RG</t>
   </si>
   <si>
     <t>#51 Enrique Davis - C</t>
   </si>
   <si>
     <t>#90 Randy Newton - WLB</t>
   </si>
   <si>
     <t>#91 Hubert Paine - DT</t>
   </si>
   <si>
     <t>#61 James Holt - DT</t>
   </si>
@@ -455,66 +455,66 @@
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>4-2-PNX 33 (13:05) 88-Kenneth Ong ran to PNX 34 for 1 yards. Tackle by 27-Robert Williams. 37-Richard Berry was caught flat-footed on this play. Turnover on downs.</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>PNX 34</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-PNX 34 (13:03) 8-Alonzo Gibson pass incomplete, dropped by 7-Victor Rainey. Pressure by 92-Nicholas Matias. NEC 66-Vincent Hagedorn was injured on the play. PENALTY - Holding (NEC 53-Don Crumbley)</t>
   </si>
   <si>
     <t>#9 Alonzo Gibson - QB</t>
   </si>
   <si>
-    <t>#3 Victor Rainey - CB</t>
-[...2 lines deleted...]
-    <t>#81 Joseph Reyes - WR</t>
+    <t>#3 Victor Rainey - FS</t>
+  </si>
+  <si>
+    <t>#81 Joseph Reyes - TE</t>
   </si>
   <si>
     <t>#88 Kevin Sy - WR</t>
   </si>
   <si>
     <t>#12 Kenneth Krueger - WR</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
-    <t>#78 Steve Lenard - C</t>
+    <t>#74 Steve Lenard - C</t>
   </si>
   <si>
     <t>#77 Craig Paul - C</t>
   </si>
   <si>
     <t>#60 Vincent Hagedorn - C</t>
   </si>
   <si>
     <t>#69 Don Crumbley - RG</t>
   </si>
   <si>
     <t>#65 Daniel Thomas - RT</t>
   </si>
   <si>
     <t>#72 Michael Whaley - LDE</t>
   </si>
   <si>
     <t>#94 Steven Fonville - DT</t>
   </si>
   <si>
     <t>#79 Nicholas Matias - CB</t>
   </si>
   <si>
     <t>#58 Thomas Gooch - RDE</t>
   </si>
@@ -1082,51 +1082,51 @@
   <si>
     <t>NEC 2</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-2-NEC 2 (10:41) 34-Sean Jaeger ran for 2 yards. TOUCHDOWN! PNX 6 NEC 3</t>
   </si>
   <si>
     <t>#58 Daron Shaw - SLB</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>NEC 15</t>
   </si>
   <si>
     <t>(10:38) Extra point GOOD by 8-Joseph Day. PNX 7 NEC 3</t>
   </si>
   <si>
     <t>#3 Joseph Day - K</t>
   </si>
   <si>
-    <t>#61 Robert Ramirez - LG</t>
+    <t>#79 Robert Ramirez - LT</t>
   </si>
   <si>
     <t>PNX 35</t>
   </si>
   <si>
     <t>(10:38) 8-Joseph Day kicks 75 yards from PNX 35 to NEC -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-NEC 25 (10:38) 7-Victor Rainey ran to NEC 30 for 5 yards. Tackle by 95-Thomas Reyes.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>NEC 30</t>
   </si>
   <si>
     <t>2-5-NEC 30 (9:55) 8-Alonzo Gibson pass Pass knocked down by 39-Jeffrey Daniels. incomplete, intended for 21-Kevin Sy.</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>3-5-NEC 30 (9:53) 8-Alonzo Gibson pass Pass knocked down by 39-Jeffrey Daniels. incomplete, intended for 87-Joseph Reyes.</t>
   </si>
@@ -2368,51 +2368,51 @@
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>