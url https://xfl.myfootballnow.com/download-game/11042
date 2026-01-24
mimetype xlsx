--- v1 (2025-12-25)
+++ v2 (2026-01-24)
@@ -284,120 +284,120 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PNX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NEC</t>
   </si>
   <si>
     <t>NEC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Gregory Justice kicks 74 yards from NEC 35 to PNX -9. Touchback.</t>
   </si>
   <si>
     <t>#87 Mark Sager - WR</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#34 Matthew Rascon - SS</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#27 Jose Henderson - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
-    <t>#70 Thomas Reyes - LDE</t>
-[...2 lines deleted...]
-    <t>#47 David Smothers - CB</t>
+    <t>#98 Thomas Reyes - LDE</t>
+  </si>
+  <si>
+    <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>#12 James Hurlbert - WR</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>#5 Gregory Justice - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PNX 25 (15:00) 45-Daniel Marsden ran to PNX 27 for 2 yards. Tackle by 94-Hubert Paine.</t>
   </si>
   <si>
     <t>#14 Brandon Rodriguez - QB</t>
   </si>
   <si>
-    <t>#40 Daniel Marsden - RB</t>
+    <t>#47 Daniel Marsden - FB</t>
   </si>
   <si>
     <t>#16 Kenneth Ong - WR</t>
   </si>
   <si>
     <t>#41 Richard Berry - RB</t>
   </si>
   <si>
     <t>#64 Joe Beard - LT</t>
   </si>
   <si>
     <t>#70 Michael Bartlett - LG</t>
   </si>
   <si>
     <t>#79 Mark Larocque - C</t>
   </si>
   <si>
-    <t>#61 Arnold Seibold - RG</t>
+    <t>#61 Arnold Seibold - C</t>
   </si>
   <si>
     <t>#51 Enrique Davis - C</t>
   </si>
   <si>
     <t>#90 Randy Newton - WLB</t>
   </si>
   <si>
     <t>#91 Hubert Paine - DT</t>
   </si>
   <si>
     <t>#61 James Holt - DT</t>
   </si>
   <si>
     <t>#63 Bobby Foster - DT</t>
   </si>
   <si>
     <t>#46 Don Hamilton - CB</t>
   </si>
   <si>
     <t>#23 Jose Brooks - CB</t>
   </si>
   <si>
     <t>#22 Ivan Isom - CB</t>
   </si>
@@ -455,54 +455,54 @@
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>4-2-PNX 33 (13:05) 88-Kenneth Ong ran to PNX 34 for 1 yards. Tackle by 27-Robert Williams. 37-Richard Berry was caught flat-footed on this play. Turnover on downs.</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>PNX 34</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-PNX 34 (13:03) 8-Alonzo Gibson pass incomplete, dropped by 7-Victor Rainey. Pressure by 92-Nicholas Matias. NEC 66-Vincent Hagedorn was injured on the play. PENALTY - Holding (NEC 53-Don Crumbley)</t>
   </si>
   <si>
     <t>#9 Alonzo Gibson - QB</t>
   </si>
   <si>
-    <t>#3 Victor Rainey - FS</t>
-[...2 lines deleted...]
-    <t>#81 Joseph Reyes - TE</t>
+    <t>#3 Victor Rainey - WR</t>
+  </si>
+  <si>
+    <t>#81 Joseph Reyes - FB</t>
   </si>
   <si>
     <t>#88 Kevin Sy - WR</t>
   </si>
   <si>
     <t>#12 Kenneth Krueger - WR</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
     <t>#74 Steve Lenard - C</t>
   </si>
   <si>
     <t>#77 Craig Paul - C</t>
   </si>
   <si>
     <t>#60 Vincent Hagedorn - C</t>
   </si>
   <si>
     <t>#69 Don Crumbley - RG</t>
   </si>
   <si>
     <t>#65 Daniel Thomas - RT</t>
   </si>
@@ -1025,51 +1025,51 @@
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-NEC 20 (11:13) 8-Alonzo Gibson pass Pass knocked down by 39-Jeffrey Daniels. incomplete, intended for 12-Derrick Moss.</t>
   </si>
   <si>
     <t>11:09</t>
   </si>
   <si>
     <t>2-10-NEC 20 (11:10) 8-Alonzo Gibson pass incomplete, dropped by 7-Victor Rainey.</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-10-NEC 20 (11:06) 8-Alonzo Gibson pass complete to 48-Jorge Diaz to NEC 21 for 1 yards. Tackle by 39-Jeffrey Daniels. PENALTY - Offsides (PNX 92-Nicholas Matias)</t>
   </si>
   <si>
     <t>#45 Michael Gilbert - CB</t>
   </si>
   <si>
-    <t>#40 Jeffrey Fillion - CB</t>
+    <t>#26 Jeffrey Fillion - CB</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>NEC 25</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-5-NEC 25 (11:03) 8-Alonzo Gibson pass Pass knocked down by 95-Thomas Reyes. incomplete, intended for 41-Richard Horton.</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>4-5-NEC 25 (11:00) PENALTY - False Start (NEC 53-Don Crumbley)</t>
   </si>
   <si>
     <t>4-10-NEC 20 (11:00) 10-Lester Hill punts 49 yards to PNX 31. 16-Mark Sager to NEC 42 for 28 yards. Tackle by 10-Lester Hill.</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
@@ -2344,51 +2344,51 @@
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="280.646" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>