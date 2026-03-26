--- v2 (2026-01-24)
+++ v3 (2026-03-26)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PNX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NEC</t>
   </si>
   <si>
     <t>NEC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Gregory Justice kicks 74 yards from NEC 35 to PNX -9. Touchback.</t>
   </si>
   <si>
     <t>#87 Mark Sager - WR</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#34 Matthew Rascon - SS</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#27 Jose Henderson - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>#12 James Hurlbert - WR</t>
   </si>
@@ -341,99 +341,99 @@
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PNX 25 (15:00) 45-Daniel Marsden ran to PNX 27 for 2 yards. Tackle by 94-Hubert Paine.</t>
   </si>
   <si>
     <t>#14 Brandon Rodriguez - QB</t>
   </si>
   <si>
     <t>#47 Daniel Marsden - FB</t>
   </si>
   <si>
     <t>#16 Kenneth Ong - WR</t>
   </si>
   <si>
-    <t>#41 Richard Berry - RB</t>
+    <t>#41 Richard Berry - WR</t>
   </si>
   <si>
     <t>#64 Joe Beard - LT</t>
   </si>
   <si>
     <t>#70 Michael Bartlett - LG</t>
   </si>
   <si>
     <t>#79 Mark Larocque - C</t>
   </si>
   <si>
     <t>#61 Arnold Seibold - C</t>
   </si>
   <si>
     <t>#51 Enrique Davis - C</t>
   </si>
   <si>
     <t>#90 Randy Newton - WLB</t>
   </si>
   <si>
     <t>#91 Hubert Paine - DT</t>
   </si>
   <si>
     <t>#61 James Holt - DT</t>
   </si>
   <si>
     <t>#63 Bobby Foster - DT</t>
   </si>
   <si>
     <t>#46 Don Hamilton - CB</t>
   </si>
   <si>
     <t>#23 Jose Brooks - CB</t>
   </si>
   <si>
     <t>#22 Ivan Isom - CB</t>
   </si>
   <si>
     <t>#51 Robert Williams - WLB</t>
   </si>
   <si>
     <t>#4 Harry Boisvert - QB</t>
   </si>
   <si>
     <t>#27 William Fernandez - CB</t>
   </si>
   <si>
-    <t>#28 Ernest Nowicki - SS</t>
+    <t>#28 Ernest Nowicki - LDE</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>PNX 27</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-8-PNX 27 (14:28) 88-Kenneth Ong ran to PNX 27 for a short gain. Tackle by 94-Hubert Paine. 59-Arnold Seibold missed that block completely.</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-4 Normal Double Blitz</t>
   </si>
@@ -455,51 +455,51 @@
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>4-2-PNX 33 (13:05) 88-Kenneth Ong ran to PNX 34 for 1 yards. Tackle by 27-Robert Williams. 37-Richard Berry was caught flat-footed on this play. Turnover on downs.</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>PNX 34</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-PNX 34 (13:03) 8-Alonzo Gibson pass incomplete, dropped by 7-Victor Rainey. Pressure by 92-Nicholas Matias. NEC 66-Vincent Hagedorn was injured on the play. PENALTY - Holding (NEC 53-Don Crumbley)</t>
   </si>
   <si>
     <t>#9 Alonzo Gibson - QB</t>
   </si>
   <si>
-    <t>#3 Victor Rainey - WR</t>
+    <t>#3 Victor Rainey - C</t>
   </si>
   <si>
     <t>#81 Joseph Reyes - FB</t>
   </si>
   <si>
     <t>#88 Kevin Sy - WR</t>
   </si>
   <si>
     <t>#12 Kenneth Krueger - WR</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
     <t>#74 Steve Lenard - C</t>
   </si>
   <si>
     <t>#77 Craig Paul - C</t>
   </si>
   <si>
     <t>#60 Vincent Hagedorn - C</t>
   </si>
   <si>
     <t>#69 Don Crumbley - RG</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>#59 Robert Gillmore - RDE</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>(9:37) 5-Gregory Justice kicks 74 yards from NEC 35 to PNX -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-PNX 25 (9:37) 14-Brandon Rodriguez pass Pass knocked down by 57-Jose Brooks. incomplete, intended for 45-Daniel Marsden.</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>2-10-PNX 25 (9:33) 45-Daniel Marsden ran to PNX 37 for 12 yards. Tackle by 4-Harry Boisvert.</t>
   </si>
   <si>
-    <t>#93 Paul Paris - RDE</t>
+    <t>#93 Paul Paris - LDE</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>PNX 37</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
   <si>
     <t>1-10-PNX 37 (8:47) 45-Daniel Marsden ran to PNX 40 for 3 yards. Tackle by 46-Don Hamilton.</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>PNX 40</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>2-7-PNX 40 (8:04) 14-Brandon Rodriguez pass complete to 45-Daniel Marsden to PNX 48 for 8 yards. Tackle by 38-William Fernandez.</t>
   </si>
@@ -2362,83 +2362,83 @@
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>