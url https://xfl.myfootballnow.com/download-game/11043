--- v0 (2025-12-30)
+++ v1 (2026-01-29)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>VAN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Charles Scruggs kicks 75 yards from OAK 35 to VAN -10. Touchback.</t>
   </si>
   <si>
     <t>#46 Scott Castro - RB</t>
   </si>
   <si>
-    <t>#93 William Levey - DT</t>
+    <t>#99 William Levey - DT</t>
   </si>
   <si>
     <t>#90 Kevin Frost - RDE</t>
   </si>
   <si>
     <t>#17 David Hooks - CB</t>
   </si>
   <si>
     <t>#4 Alexander Black - CB</t>
   </si>
   <si>
     <t>#33 Chad Meaux - SLB</t>
   </si>
   <si>
     <t>#45 Wilbur Patrick - WLB</t>
   </si>
   <si>
     <t>#18 Gregory Johnson - CB</t>
   </si>
   <si>
     <t>#42 Joseph Salerno - WLB</t>
   </si>
   <si>
     <t>#73 Mike Dale - DT</t>
   </si>
@@ -359,51 +359,51 @@
   <si>
     <t>#42 Richard Brown - FB</t>
   </si>
   <si>
     <t>#4 Terry Leyva - FB</t>
   </si>
   <si>
     <t>#9 James Davis - TE</t>
   </si>
   <si>
     <t>#82 Ian Lopez - WR</t>
   </si>
   <si>
     <t>#60 George Everett - LT</t>
   </si>
   <si>
     <t>#66 Doug Cumming - LT</t>
   </si>
   <si>
     <t>#50 Dallas Johnson - C</t>
   </si>
   <si>
     <t>#73 Michael Dougherty - LT</t>
   </si>
   <si>
-    <t>#77 David Gentry - RT</t>
+    <t>#71 David Gentry - LT</t>
   </si>
   <si>
     <t>#91 Joseph Fetter - LDE</t>
   </si>
   <si>
     <t>#58 Edwin Litwin - DT</t>
   </si>
   <si>
     <t>#94 Paul Matthews - DT</t>
   </si>
   <si>
     <t>#99 Keith Aguilar - LDE</t>
   </si>
   <si>
     <t>#51 Joseph Sanders - MLB</t>
   </si>
   <si>
     <t>#59 Nick Fields - SLB</t>
   </si>
   <si>
     <t>#55 Matthew McDonald - WLB</t>
   </si>
   <si>
     <t>#43 Jerry Cook - CB</t>
   </si>
@@ -656,114 +656,114 @@
   <si>
     <t>#93 James Benjamin - LT</t>
   </si>
   <si>
     <t>#73 Matthew Boyette - RT</t>
   </si>
   <si>
     <t>#56 Ronnie Yandell - LG</t>
   </si>
   <si>
     <t>#60 Francisco Brennan - C</t>
   </si>
   <si>
     <t>#71 Fred Stacey - RG</t>
   </si>
   <si>
     <t>#64 Rodney Saldana - RT</t>
   </si>
   <si>
     <t>#98 Travis Romero - LDE</t>
   </si>
   <si>
     <t>#72 George Watkins - DT</t>
   </si>
   <si>
-    <t>#99 Leo Cristobal - DT</t>
+    <t>#51 Leo Cristobal - DT</t>
   </si>
   <si>
     <t>#96 Timothy Marez - DT</t>
   </si>
   <si>
-    <t>#38 George Brown - WLB</t>
+    <t>#38 George Brown - RDE</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>OAK 26</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-9-OAK 26 (8:02) 5-Vito Robinson pass incomplete, intended for 82-Matthew Wallace.</t>
   </si>
   <si>
     <t>7:58</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-9-OAK 26 (7:59) 5-Vito Robinson pass complete to 8-Jose Leggett to OAK 25 for -1 yards. Tackle by 45-Kevin Frost.</t>
   </si>
   <si>
     <t>#18 James Kight - WR</t>
   </si>
   <si>
     <t>7:25</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-OAK 25 (7:24) 11-Boris Arthur punts 37 yards to VAN 38.</t>
   </si>
   <si>
     <t>#11 Boris Arthur - P</t>
   </si>
   <si>
-    <t>#62 Larry Peterson - LT</t>
+    <t>#52 Larry Peterson - LT</t>
   </si>
   <si>
     <t>#67 Jesse Rodrigues - RT</t>
   </si>
   <si>
     <t>#51 Douglas Singleton - RG</t>
   </si>
   <si>
     <t>#78 John Smithson - LG</t>
   </si>
   <si>
-    <t>#72 Louis Tincher - DT</t>
+    <t>#68 Louis Tincher - DT</t>
   </si>
   <si>
     <t>#54 Lester McMahon - RDE</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>VAN 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-VAN 38 (7:17) 32-Richard Brown ran to VAN 38 for a short gain. Tackle by 44-Leroy Collins.</t>
   </si>
   <si>
     <t>6:44</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>