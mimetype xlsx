--- v0 (2025-10-16)
+++ v1 (2025-12-22)
@@ -296,102 +296,102 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Lawrence Jones kicks 74 yards from DAY 35 to BUF -9. 88-Lester Griffin to BUF 18 for 28 yards. Tackle by 55-Nathan Cathcart.</t>
   </si>
   <si>
     <t>#19 Lester Griffin - WR</t>
   </si>
   <si>
     <t>#82 David Morley - C</t>
   </si>
   <si>
     <t>#64 Michael Neill - C</t>
   </si>
   <si>
     <t>#80 Charles Breckenridge - WR</t>
   </si>
   <si>
     <t>#71 David Shipman - C</t>
   </si>
   <si>
-    <t>#24 John Barnett - CB</t>
+    <t>#24 John Barnett - SS</t>
   </si>
   <si>
     <t>#62 Jason Lopez - C</t>
   </si>
   <si>
     <t>#80 Dwight Treadaway - WR</t>
   </si>
   <si>
     <t>#28 Calvin Purnell - LG</t>
   </si>
   <si>
-    <t>#46 Garrett Holt - FS</t>
+    <t>#46 Garrett Holt - CB</t>
   </si>
   <si>
     <t>#50 Roderick Tyndall - C</t>
   </si>
   <si>
     <t>#10 Lawrence Jones - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>BUF 18</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Quarter Normal Cover 4</t>
   </si>
   <si>
     <t>1-10-BUF 18 (14:56) 8-Matthew Whitney pass complete to 3-Michael J. Fox to BUF 28 for 11 yards. Tackle by 23-Steven Oliver.</t>
   </si>
   <si>
     <t>#8 Matthew Whitney - QB</t>
   </si>
   <si>
     <t>#81 Jacob Jeter - WR</t>
   </si>
   <si>
     <t>#3 Michael J. Fox - C</t>
   </si>
   <si>
     <t>#1 John Parker - LT</t>
   </si>
   <si>
-    <t>#23 Alfred Simental - C</t>
+    <t>#23 Alfred Simental - WR</t>
   </si>
   <si>
     <t>#71 Peter Whittington - C</t>
   </si>
   <si>
     <t>#74 James Miller - LT</t>
   </si>
   <si>
     <t>#75 Victor Hughes - C</t>
   </si>
   <si>
     <t>#71 Roland Ellis - RG</t>
   </si>
   <si>
     <t>#76 Michael Mann - RDE</t>
   </si>
   <si>
     <t>#54 William Hopson - MLB</t>
   </si>
   <si>
     <t>#95 Joe Young - LDE</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>BUF 32</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>3-6-BUF 32 (13:39) 3-Michael J. Fox ran to BUF 42 for 10 yards. Tackle by 28-Donald Michael.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>BUF 42</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-BUF 42 (12:54) 8-Matthew Whitney pass Pass knocked down by 99-Nicholas Scudder. incomplete, intended for 81-Jacob Jeter.</t>
   </si>
   <si>
-    <t>#34 Colby Hawkins - WR</t>
+    <t>#34 Colby Hawkins - RB</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>2-10-BUF 42 (12:51) 8-Matthew Whitney pass incomplete, dropped by 3-Michael J. Fox. Pressure by 95-Joe Young.</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-10-BUF 42 (12:46) 8-Matthew Whitney ran to BUF 46 for 3 yards. Tackle by 73-Rene Johnson.</t>
   </si>
   <si>
     <t>#16 Earnest Underwood - WR</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>Timeout BUF</t>
   </si>
@@ -524,63 +524,63 @@
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>
   <si>
     <t>4-7-BUF 46 (12:04) 8-Matthew Whitney pass incomplete, intended for 23-Alfred Simental. Turnover on downs.</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-BUF 46 (12:00) 6-Joseph Eady pass INTERCEPTED by 24-John Barnett at BUF 44. 24-John Barnett to BUF 44 for 0 yards. Tackle by 19-Phillip Mandell.</t>
   </si>
   <si>
     <t>#6 Joseph Eady - QB</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#37 Donald Barr - WR</t>
   </si>
   <si>
-    <t>#59 Randy Ruggles - FB</t>
-[...2 lines deleted...]
-    <t>#19 Phillip Mandell - C</t>
+    <t>#80 Randy Ruggles - TE</t>
+  </si>
+  <si>
+    <t>#19 Phillip Mandell - WR</t>
   </si>
   <si>
     <t>#33 Patrick Ball - TE</t>
   </si>
   <si>
     <t>#64 Louis Woods - C</t>
   </si>
   <si>
-    <t>#77 John Hardin - C</t>
+    <t>#59 John Hardin - C</t>
   </si>
   <si>
     <t>#68 Ray Dupont - C</t>
   </si>
   <si>
     <t>#60 Marvin Roberts - LG</t>
   </si>
   <si>
     <t>#78 Bob    Cedric - LG</t>
   </si>
   <si>
     <t>#99 Jonathan Leonard - LDE</t>
   </si>
   <si>
     <t>#95 Alejandro Lightfoot - FS</t>
   </si>
   <si>
     <t>#60 Anthony Griffin - RDE</t>
   </si>
   <si>
     <t>#36 Richard Rodriquez - FS</t>
   </si>
   <si>
     <t>#69 Albert Lawrence - RDE</t>
   </si>
@@ -716,51 +716,51 @@
   <si>
     <t>#87 Michael Gholson - WR</t>
   </si>
   <si>
     <t>#64 Brandon Barnum - C</t>
   </si>
   <si>
     <t>#7 Gary Price - K</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DAY 25 (8:54) PENALTY - False Start (DAY 6-Joseph Eady)</t>
   </si>
   <si>
     <t>#86 Joseph Abbott - WR</t>
   </si>
   <si>
-    <t>#51 Andy Okeefe - RT</t>
+    <t>#78 Andy Okeefe - RT</t>
   </si>
   <si>
     <t>#72 Norman Covarrubias - LG</t>
   </si>
   <si>
     <t>#61 Bryon Poirier - RG</t>
   </si>
   <si>
     <t>#92 Elmer Severs - LDE</t>
   </si>
   <si>
     <t>DAY 20</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>1-15-DAY 20 (8:54) 18-Steven Jackson ran to DAY 21 for 1 yards. Tackle by 46-Garrett Holt.</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>DAY 21</t>
   </si>
@@ -2360,58 +2360,58 @@
   </sheetPr>
   <dimension ref="A1:CD204"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="482.454" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>