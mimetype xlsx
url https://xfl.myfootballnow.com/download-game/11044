--- v1 (2025-12-22)
+++ v2 (2026-01-21)
@@ -386,57 +386,57 @@
   <si>
     <t>#76 Michael Mann - RDE</t>
   </si>
   <si>
     <t>#54 William Hopson - MLB</t>
   </si>
   <si>
     <t>#95 Joe Young - LDE</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
   <si>
     <t>#97 Steven Oliver - RDE</t>
   </si>
   <si>
     <t>#34 William Ventura - CB</t>
   </si>
   <si>
     <t>#53 Donn Warren - RDE</t>
   </si>
   <si>
     <t>#38 Brandon Kinard - SS</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#22 Michael Richards - CB</t>
   </si>
   <si>
-    <t>#28 Donald Michael - RDE</t>
+    <t>#28 Donald Michael - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>BUF 28</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-BUF 28 (14:18) 8-Matthew Whitney pass Pass knocked down by 99-Nicholas Scudder. incomplete, intended for 81-Jacob Jeter.</t>
   </si>
   <si>
     <t>#77 Isaac Orrell - LT</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
     <t>#71 Maxwell Miller - LDE</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>DAY 2</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>(8:54) 23-Alfred Simental ran for 2 yards. CONVERSION GOOD! DAY 0 BUF 8</t>
   </si>
   <si>
     <t>#72 Anthony Chee - C</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>(8:54) 7-Gary Price kicks 71 yards from BUF 35 to DAY -6. Touchback.</t>
   </si>
   <si>
-    <t>#87 Michael Gholson - WR</t>
+    <t>#13 Michael Gholson - WR</t>
   </si>
   <si>
     <t>#64 Brandon Barnum - C</t>
   </si>
   <si>
     <t>#7 Gary Price - K</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DAY 25 (8:54) PENALTY - False Start (DAY 6-Joseph Eady)</t>
   </si>
   <si>
     <t>#86 Joseph Abbott - WR</t>
   </si>
   <si>
     <t>#78 Andy Okeefe - RT</t>
   </si>
@@ -2390,51 +2390,51 @@
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="47" max="47" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>