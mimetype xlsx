--- v0 (2025-10-20)
+++ v1 (2025-11-18)
@@ -287,51 +287,51 @@
   <si>
     <t>CAR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SPP</t>
   </si>
   <si>
     <t>SPP 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Charles Whittington kicks 66 yards from SPP 35 to CAR -1. Touchback.</t>
   </si>
   <si>
     <t>#43 Gregory Dallas - RB</t>
   </si>
   <si>
     <t>#30 Jonathan Snyder - CB</t>
   </si>
   <si>
-    <t>#97 Luis Matter - MLB</t>
+    <t>#96 Luis Matter - MLB</t>
   </si>
   <si>
     <t>#97 Gino Dixon - SLB</t>
   </si>
   <si>
     <t>#43 Anthony Costello - CB</t>
   </si>
   <si>
     <t>#26 Marcus Neal - LDE</t>
   </si>
   <si>
     <t>#62 Ricky McQueen - DT</t>
   </si>
   <si>
     <t>#48 Brian Girard - SS</t>
   </si>
   <si>
     <t>#92 Kenneth Cruz - WLB</t>
   </si>
   <si>
     <t>#23 Irvin Huskey - FS</t>
   </si>
   <si>
     <t>#79 Lazaro Gibson - RDE</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-SPP 11 (12:55) 7-John McCord pass complete to 16-Gary Rusch to SPP 17 for 6 yards. Tackle by 41-Bill Teeters. 41-Bill Teeters got away with a hold on that play.</t>
   </si>
   <si>
     <t>#7 John McCord - QB</t>
   </si>
   <si>
     <t>#30 Clemente Parker - RB</t>
   </si>
   <si>
     <t>#33 Alton Gomez - RB</t>
   </si>
   <si>
     <t>#17 Albert Zayas - WR</t>
   </si>
   <si>
     <t>#16 Gary Rusch - WR</t>
   </si>
   <si>
-    <t>#78 Mark Todd - LT</t>
+    <t>#78 Mark Todd - LG</t>
   </si>
   <si>
     <t>#61 Paul Russell - LG</t>
   </si>
   <si>
     <t>#56 Kevin Giglio - C</t>
   </si>
   <si>
     <t>#64 Kevin Torres - RG</t>
   </si>
   <si>
     <t>#56 James Letcher - LG</t>
   </si>
   <si>
     <t>#95 Joseph Johnson - LDE</t>
   </si>
   <si>
     <t>#54 Walter Hughes - LDE</t>
   </si>
   <si>
     <t>#56 Wilfred Candelaria - MLB</t>
   </si>
   <si>
     <t>#36 Micheal Deputy - SS</t>
   </si>