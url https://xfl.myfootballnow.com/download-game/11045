--- v1 (2025-11-18)
+++ v2 (2025-12-24)
@@ -536,51 +536,51 @@
   <si>
     <t>#33 Alton Gomez - RB</t>
   </si>
   <si>
     <t>#17 Albert Zayas - WR</t>
   </si>
   <si>
     <t>#16 Gary Rusch - WR</t>
   </si>
   <si>
     <t>#78 Mark Todd - LG</t>
   </si>
   <si>
     <t>#61 Paul Russell - LG</t>
   </si>
   <si>
     <t>#56 Kevin Giglio - C</t>
   </si>
   <si>
     <t>#64 Kevin Torres - RG</t>
   </si>
   <si>
     <t>#56 James Letcher - LG</t>
   </si>
   <si>
-    <t>#95 Joseph Johnson - LDE</t>
+    <t>#67 Joseph Johnson - LDE</t>
   </si>
   <si>
     <t>#54 Walter Hughes - LDE</t>
   </si>
   <si>
     <t>#56 Wilfred Candelaria - MLB</t>
   </si>
   <si>
     <t>#36 Micheal Deputy - SS</t>
   </si>
   <si>
     <t>#41 Bill Teeters - CB</t>
   </si>
   <si>
     <t>#48 Charles Blain - FS</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>SPP 17</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>Nickel Normal Zone Rotate Strong</t>
   </si>
   <si>
     <t>3-11-CAR 40 (8:29) 7-John McCord pass complete to 16-Gary Rusch to CAR 26 for 14 yards. Tackle by 48-Charles Blain.</t>
   </si>
   <si>
     <t>#94 Harold Corder - DT</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>CAR 26</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-CAR 26 (7:49) Tackle by 69-Joseph Johnson.</t>
   </si>
   <si>
     <t>#15 Michale Saunders - WR</t>
   </si>
   <si>
-    <t>#28 Frederick Ward - WR</t>
+    <t>#89 Frederick Ward - TE</t>
   </si>
   <si>
     <t>7:12</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-CAR 26 (7:11) 30-Clemente Parker ran to CAR 25 for a short gain. Tackle by 98-Wilfred Candelaria.</t>
   </si>
   <si>
     <t>6:27</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>3-10-CAR 25 (6:26) 33-Alton Gomez ran to CAR 18 for 7 yards. Tackle by 98-Wilfred Candelaria.</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
@@ -1220,51 +1220,51 @@
   <si>
     <t>(2:18) 3-Charles Whittington kicks 71 yards from SPP 35 to CAR -6. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal Hail Mary</t>
   </si>
   <si>
     <t>1-10-CAR 25 (2:18) 10-Daniel Stroud pass incomplete, dropped by 31-Raymond Lecompte. Pressure by 79-Justin Lott.</t>
   </si>
   <si>
     <t>2:12</t>
   </si>
   <si>
     <t>2-10-CAR 25 (2:13) 10-Daniel Stroud pass complete to 31-Raymond Lecompte to CAR 39 for 14 yards. Tackle by 42-James Wilson. Great move by 31-Raymond Lecompte to get free of his coverage. 26-James Williamson got away with a hold on that play.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>1-10-CAR 39 (2:00) 10-Daniel Stroud pass complete to 83-Joseph Koch to CAR 47 for 9 yards. Tackle by 45-Dale Sanford. 83-Joseph Koch did some fancy footwork there. PENALTY - Pass Interference (SPP 45-Dale Sanford)</t>
   </si>
   <si>
-    <t>#55 Dale Sanford - MLB</t>
+    <t>#55 Dale Sanford - WLB</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-CAR 45 (1:57) 10-Daniel Stroud pass incomplete, dropped by 15-Charles Mobley.</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>2-10-CAR 45 (1:53) 10-Daniel Stroud pass complete to 80-Leon Reynolds to SPP 37 for 18 yards. Tackle by 47-William Blakes.</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>Timeout CAR</t>
   </si>
   <si>
     <t>1:45</t>
   </si>