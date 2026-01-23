--- v2 (2025-12-24)
+++ v3 (2026-01-23)
@@ -371,102 +371,102 @@
   <si>
     <t>#15 Charles Mobley - WR</t>
   </si>
   <si>
     <t>#54 Salvador Davis - LT</t>
   </si>
   <si>
     <t>#73 Robert Lopez - LG</t>
   </si>
   <si>
     <t>#73 Howard Washburn - C</t>
   </si>
   <si>
     <t>#65 Joseph Jones - LT</t>
   </si>
   <si>
     <t>#78 John Walling - C</t>
   </si>
   <si>
     <t>#79 Justin Lott - LDE</t>
   </si>
   <si>
     <t>#56 Chris Staples - DT</t>
   </si>
   <si>
-    <t>#71 Robert Manzo - DT</t>
+    <t>#97 Robert Manzo - SS</t>
   </si>
   <si>
     <t>#77 Bradley Finley - RDE</t>
   </si>
   <si>
     <t>#47 William Blakes - MLB</t>
   </si>
   <si>
     <t>#49 Louis Hansen - WLB</t>
   </si>
   <si>
     <t>#42 Deshawn Dennis - FS</t>
   </si>
   <si>
     <t>#23 Timothy Thompson - CB</t>
   </si>
   <si>
     <t>#22 Steve Burgher - CB</t>
   </si>
   <si>
     <t>#32 James Williamson - SS</t>
   </si>
   <si>
-    <t>#28 Adam Beiler - FS</t>
+    <t>#47 Adam Beiler - FS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>CAR 45</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CAR 45 (14:56) 10-Daniel Stroud sacked at CAR 37 for -8 yards (44-Wilfredo Essex)</t>
   </si>
   <si>
-    <t>#47 Leon Reynolds - FB</t>
+    <t>#47 Leon Reynolds - RB</t>
   </si>
   <si>
     <t>#48 Lorenzo Kapoor - LDE</t>
   </si>
   <si>
     <t>#43 Ray McKigney - MLB</t>
   </si>
   <si>
-    <t>#44 Wilfredo Essex - WLB</t>
+    <t>#93 Wilfredo Essex - WLB</t>
   </si>
   <si>
     <t>#29 Joseph Perry - SS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>CAR 37</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-18-CAR 37 (14:15) 10-Daniel Stroud pass complete to 83-Joseph Koch to CAR 41 for 4 yards. Tackle by 47-William Blakes.</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>CAR 41</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>Nickel Normal Zone Rotate Strong</t>
   </si>
   <si>
     <t>3-11-CAR 40 (8:29) 7-John McCord pass complete to 16-Gary Rusch to CAR 26 for 14 yards. Tackle by 48-Charles Blain.</t>
   </si>
   <si>
     <t>#94 Harold Corder - DT</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>CAR 26</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-CAR 26 (7:49) Tackle by 69-Joseph Johnson.</t>
   </si>
   <si>
     <t>#15 Michale Saunders - WR</t>
   </si>
   <si>
-    <t>#89 Frederick Ward - TE</t>
+    <t>#85 Frederick Ward - RB</t>
   </si>
   <si>
     <t>7:12</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-CAR 26 (7:11) 30-Clemente Parker ran to CAR 25 for a short gain. Tackle by 98-Wilfred Candelaria.</t>
   </si>
   <si>
     <t>6:27</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>3-10-CAR 25 (6:26) 33-Alton Gomez ran to CAR 18 for 7 yards. Tackle by 98-Wilfred Candelaria.</t>
   </si>
   <si>
     <t>5:50</t>
   </si>