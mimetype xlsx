--- v3 (2026-01-23)
+++ v4 (2026-03-04)
@@ -371,51 +371,51 @@
   <si>
     <t>#15 Charles Mobley - WR</t>
   </si>
   <si>
     <t>#54 Salvador Davis - LT</t>
   </si>
   <si>
     <t>#73 Robert Lopez - LG</t>
   </si>
   <si>
     <t>#73 Howard Washburn - C</t>
   </si>
   <si>
     <t>#65 Joseph Jones - LT</t>
   </si>
   <si>
     <t>#78 John Walling - C</t>
   </si>
   <si>
     <t>#79 Justin Lott - LDE</t>
   </si>
   <si>
     <t>#56 Chris Staples - DT</t>
   </si>
   <si>
-    <t>#97 Robert Manzo - SS</t>
+    <t>#97 Robert Manzo - LDE</t>
   </si>
   <si>
     <t>#77 Bradley Finley - RDE</t>
   </si>
   <si>
     <t>#47 William Blakes - MLB</t>
   </si>
   <si>
     <t>#49 Louis Hansen - WLB</t>
   </si>
   <si>
     <t>#42 Deshawn Dennis - FS</t>
   </si>
   <si>
     <t>#23 Timothy Thompson - CB</t>
   </si>
   <si>
     <t>#22 Steve Burgher - CB</t>
   </si>
   <si>
     <t>#32 James Williamson - SS</t>
   </si>
   <si>
     <t>#47 Adam Beiler - FS</t>
   </si>
@@ -539,87 +539,87 @@
   <si>
     <t>#17 Albert Zayas - WR</t>
   </si>
   <si>
     <t>#16 Gary Rusch - WR</t>
   </si>
   <si>
     <t>#78 Mark Todd - LG</t>
   </si>
   <si>
     <t>#61 Paul Russell - LG</t>
   </si>
   <si>
     <t>#56 Kevin Giglio - C</t>
   </si>
   <si>
     <t>#64 Kevin Torres - RG</t>
   </si>
   <si>
     <t>#56 James Letcher - LG</t>
   </si>
   <si>
     <t>#67 Joseph Johnson - LDE</t>
   </si>
   <si>
-    <t>#54 Walter Hughes - LDE</t>
+    <t>#72 Walter Hughes - LDE</t>
   </si>
   <si>
     <t>#56 Wilfred Candelaria - MLB</t>
   </si>
   <si>
     <t>#36 Micheal Deputy - SS</t>
   </si>
   <si>
     <t>#41 Bill Teeters - CB</t>
   </si>
   <si>
     <t>#48 Charles Blain - FS</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>SPP 17</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-4-SPP 17 (12:20) 30-Clemente Parker ran to SPP 23 for 6 yards. Tackle by 46-Marcus Neal.</t>
   </si>
   <si>
     <t>#49 Walter Ahner - WR</t>
   </si>
   <si>
     <t>#83 Adam Hogan - C</t>
   </si>
   <si>
-    <t>#70 Todd Courtemanche - RDE</t>
+    <t>#66 Todd Courtemanche - RDE</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>SPP 23</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-SPP 23 (11:36) 7-John McCord pass complete to 19-Mike Johnston to SPP 32 for 9 yards. Tackle by 98-Wilfred Candelaria.</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>SPP 32</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>