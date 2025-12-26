--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -428,51 +428,51 @@
   <si>
     <t>#10 Robert Colunga - WR</t>
   </si>
   <si>
     <t>#86 James Fain - WR</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>IND 32</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-3-IND 32 (14:21) 13-Steven Mann ran to IND 32 for a short gain. Tackle by 92-Jack Coleman.</t>
   </si>
   <si>
     <t>#34 Jack Coleman - CB</t>
   </si>
   <si>
-    <t>#90 Jessie Caldwell - CB</t>
+    <t>#35 Jessie Caldwell - FS</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-IND 32 (13:44) 7-James Hummell punts 53 yards to PRI 16. 87-Richard Hoffmann to PRI 21 for 6 yards. Tackle by 37-Everett Redford.</t>
   </si>
   <si>
     <t>#7 James Hummell - P</t>
   </si>
   <si>
     <t>#72 Ryan Griffin - C</t>
   </si>
   <si>
     <t>#81 Richard Hoffmann - WR</t>
   </si>
   <si>
     <t>#37 Ronnie Emery - LDE</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>PRI 21</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PRI 21 (13:36) 7-Gary Villicana pass incomplete, dropped by 45-Henry Casey.</t>
   </si>
   <si>
     <t>#7 Gary Villicana - QB</t>
   </si>
   <si>
     <t>#85 John Holm - TE</t>
   </si>
   <si>
     <t>#86 Jimmy Teague - WR</t>
   </si>
   <si>
-    <t>#45 Henry Casey - WR</t>
+    <t>#14 Henry Casey - WR</t>
   </si>
   <si>
     <t>#17 Jason Quinones - WR</t>
   </si>
   <si>
     <t>#62 Charles Ivey - LT</t>
   </si>
   <si>
     <t>#54 Stanley Anderson - LG</t>
   </si>
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
   <si>
     <t>#67 Earl Dolan - LT</t>
   </si>
   <si>
     <t>#58 Steven Hyland - RT</t>
   </si>
   <si>
     <t>#69 Karl Tong - DT</t>
   </si>
   <si>
     <t>#41 Woodrow Yeary - CB</t>
   </si>