--- v1 (2025-12-26)
+++ v2 (2026-01-25)
@@ -311,51 +311,51 @@
   <si>
     <t>#83 Matthew Schupp - WR</t>
   </si>
   <si>
     <t>#37 Everett Redford - SS</t>
   </si>
   <si>
     <t>#75 Harold Elser - DT</t>
   </si>
   <si>
     <t>#6 Steven Mann - WR</t>
   </si>
   <si>
     <t>#75 Mike Buchanan - SLB</t>
   </si>
   <si>
     <t>#29 Edwin Sparks - CB</t>
   </si>
   <si>
     <t>#92 Christopher Camarena - MLB</t>
   </si>
   <si>
     <t>#41 Michael Dennis - CB</t>
   </si>
   <si>
-    <t>#70 Arthur Keck - LDE</t>
+    <t>#60 Arthur Keck - LDE</t>
   </si>
   <si>
     <t>#1 Cory Pate - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 18-Johnathan Cantu pass Pass knocked down by 97-Pablo Mallory. incomplete, intended for 82-Cornelius Worrell. Pressure by 79-John Woods. 31-Stewart Byrne got away with a hold on that play.</t>
   </si>
   <si>
     <t>#4 Johnathan Cantu - QB</t>
   </si>
   <si>
     <t>#19 Louis Oneill - WR</t>
   </si>
@@ -428,117 +428,117 @@
   <si>
     <t>#10 Robert Colunga - WR</t>
   </si>
   <si>
     <t>#86 James Fain - WR</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>IND 32</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-3-IND 32 (14:21) 13-Steven Mann ran to IND 32 for a short gain. Tackle by 92-Jack Coleman.</t>
   </si>
   <si>
     <t>#34 Jack Coleman - CB</t>
   </si>
   <si>
-    <t>#35 Jessie Caldwell - FS</t>
+    <t>#35 Jessie Caldwell - LDE</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-IND 32 (13:44) 7-James Hummell punts 53 yards to PRI 16. 87-Richard Hoffmann to PRI 21 for 6 yards. Tackle by 37-Everett Redford.</t>
   </si>
   <si>
     <t>#7 James Hummell - P</t>
   </si>
   <si>
     <t>#72 Ryan Griffin - C</t>
   </si>
   <si>
-    <t>#81 Richard Hoffmann - WR</t>
+    <t>#81 Richard Hoffmann - LG</t>
   </si>
   <si>
     <t>#37 Ronnie Emery - LDE</t>
   </si>
   <si>
     <t>#73 John Coleman - RT</t>
   </si>
   <si>
     <t>#73 Donald Hubbard - RG</t>
   </si>
   <si>
     <t>#81 Purple Urkle - LT</t>
   </si>
   <si>
     <t>#54 Timothy Ballard - C</t>
   </si>
   <si>
     <t>#70 Chris Barnes - LG</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>PRI 21</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PRI 21 (13:36) 7-Gary Villicana pass incomplete, dropped by 45-Henry Casey.</t>
   </si>
   <si>
     <t>#7 Gary Villicana - QB</t>
   </si>
   <si>
     <t>#85 John Holm - TE</t>
   </si>
   <si>
     <t>#86 Jimmy Teague - WR</t>
   </si>
   <si>
-    <t>#14 Henry Casey - WR</t>
+    <t>#14 Henry Casey - C</t>
   </si>
   <si>
     <t>#17 Jason Quinones - WR</t>
   </si>
   <si>
     <t>#62 Charles Ivey - LT</t>
   </si>
   <si>
     <t>#54 Stanley Anderson - LG</t>
   </si>
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
   <si>
     <t>#67 Earl Dolan - LT</t>
   </si>
   <si>
     <t>#58 Steven Hyland - RT</t>
   </si>
   <si>
     <t>#69 Karl Tong - DT</t>
   </si>
   <si>
     <t>#41 Woodrow Yeary - CB</t>
   </si>
@@ -2255,51 +2255,51 @@
     <col min="31" max="31" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>