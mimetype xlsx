--- v0 (2025-10-16)
+++ v1 (2026-01-15)
@@ -359,66 +359,66 @@
   <si>
     <t>#89 Justin Hull - RB</t>
   </si>
   <si>
     <t>#32 Scott Howell - FB</t>
   </si>
   <si>
     <t>#10 Daniel Tillery - WR</t>
   </si>
   <si>
     <t>#19 Ralph Rollins - WR</t>
   </si>
   <si>
     <t>#53 Orlando Constantine - C</t>
   </si>
   <si>
     <t>#72 James Britt - LG</t>
   </si>
   <si>
     <t>#78 William Childress - C</t>
   </si>
   <si>
     <t>#68 Thomas Light - LT</t>
   </si>
   <si>
-    <t>#63 Keith Scott - RT</t>
+    <t>#78 Keith Scott - RT</t>
   </si>
   <si>
     <t>#98 John Nguyen - DT</t>
   </si>
   <si>
-    <t>#74 Robert Hyde - LDE</t>
+    <t>#74 Robert Hyde - DT</t>
   </si>
   <si>
     <t>#98 Richard Collins - DT</t>
   </si>
   <si>
     <t>#63 Jermaine Spadafora - DT</t>
   </si>
   <si>
-    <t>#93 Ralph Jordan - RDE</t>
+    <t>#93 Ralph Jordan - LDE</t>
   </si>
   <si>
     <t>#57 Charles Davis - SLB</t>
   </si>
   <si>
     <t>#54 Ross Cruz - MLB</t>
   </si>
   <si>
     <t>#59 Rick Basham - WLB</t>
   </si>
   <si>
     <t>#45 Jean Davis - CB</t>
   </si>
   <si>
     <t>#41 Leroy Turner - SS</t>
   </si>
   <si>
     <t>#45 John Wells - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
@@ -794,51 +794,51 @@
   <si>
     <t>4:10</t>
   </si>
   <si>
     <t>2-9-KCY 25 (4:09) 89-Justin Hull ran to KCY 31 for 5 yards. Tackle by 8-John Wells.</t>
   </si>
   <si>
     <t>3:26</t>
   </si>
   <si>
     <t>KCY 31</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-4-KCY 31 (3:25) 2-Kevin Green pass Pass knocked down by 47-Timothy Holt. incomplete, intended for 10-Daniel Tillery.</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>4-4-KCY 31 (3:23) 12-Richard Nelson punts 46 yards to PHI 24. Fair Catch by 24-Jean Davis.</t>
   </si>
   <si>
-    <t>#12 Richard Nelson - P</t>
+    <t>#11 Richard Nelson - P</t>
   </si>
   <si>
     <t>#70 Jose Wen - C</t>
   </si>
   <si>
     <t>#71 Zachariah Ferro - C</t>
   </si>
   <si>
     <t>#74 Joshua Day - C</t>
   </si>
   <si>
     <t>#72 Todd Shear - LT</t>
   </si>
   <si>
     <t>#78 Andrew Rothstein - RG</t>
   </si>
   <si>
     <t>3:16</t>
   </si>
   <si>
     <t>PHI 24</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>