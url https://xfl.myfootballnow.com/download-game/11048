--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -356,75 +356,75 @@
   <si>
     <t>#13 Charles Deleon - QB</t>
   </si>
   <si>
     <t>#18 Dennis Moore - WR</t>
   </si>
   <si>
     <t>#14 Tyler Cruz - WR</t>
   </si>
   <si>
     <t>#15 Marvin White - WR</t>
   </si>
   <si>
     <t>#36 Leroy Bello - WR</t>
   </si>
   <si>
     <t>#66 Ricky Flores - C</t>
   </si>
   <si>
     <t>#60 Jason Johnson - LG</t>
   </si>
   <si>
     <t>#70 Roger Aumiller - RT</t>
   </si>
   <si>
-    <t>#77 Daniel Powell - RT</t>
+    <t>#67 Daniel Powell - RG</t>
   </si>
   <si>
     <t>#52 Carlos Gutierrez - LG</t>
   </si>
   <si>
     <t>#95 Davis Wright - DT</t>
   </si>
   <si>
     <t>#76 Steven Coddington - DT</t>
   </si>
   <si>
     <t>#56 Timothy Stell - DT</t>
   </si>
   <si>
     <t>#65 Justin Brooks - RDE</t>
   </si>
   <si>
     <t>#57 Michael McConnell - MLB</t>
   </si>
   <si>
     <t>#97 Paul Zelaya - CB</t>
   </si>
   <si>
-    <t>#48 Michael Hudock - CB</t>
+    <t>#42 Michael Hudock - CB</t>
   </si>
   <si>
     <t>#36 Michael Haynie - FS</t>
   </si>
   <si>
     <t>#23 Russell Sullivan - CB</t>
   </si>
   <si>
     <t>#48 Elmer Crocker - MLB</t>
   </si>
   <si>
     <t>#41 Ronald Miller - CB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>ATL 30</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>(10:55) Extra point GOOD by 15-Nicholas Serrano. ATL 7 MTG 0</t>
   </si>
   <si>
     <t>#15 Nicholas Serrano - K</t>
   </si>
   <si>
     <t>#90 Arthur Spears - SLB</t>
   </si>
   <si>
     <t>#50 Harry Ferrari - MLB</t>
   </si>
   <si>
     <t>#75 Roger Matthews - RDE</t>
   </si>
   <si>
     <t>#64 Philip Zuniga - DT</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>(10:55) 15-Nicholas Serrano kicks 66 yards from ATL 35 to MTG -1. Touchback.</t>
   </si>
   <si>
-    <t>#12 Thomas Eveland - WR</t>
+    <t>#12 Thomas Eveland - C</t>
   </si>
   <si>
     <t>#51 Samuel Valenzuela - SLB</t>
   </si>
   <si>
     <t>MTG 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-MTG 25 (10:55) 40-John Sheller ran to MTG 34 for 9 yards. Tackle by 41-Fred Waite.</t>
   </si>
   <si>
     <t>#9 Benjamin Flanagan - QB</t>
   </si>
   <si>
     <t>#40 John Sheller - RB</t>
   </si>
   <si>
     <t>#34 William Thompson - FB</t>
   </si>
@@ -2269,80 +2269,80 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="376.194" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>