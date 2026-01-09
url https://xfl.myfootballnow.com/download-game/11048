--- v1 (2025-12-17)
+++ v2 (2026-01-09)
@@ -356,51 +356,51 @@
   <si>
     <t>#13 Charles Deleon - QB</t>
   </si>
   <si>
     <t>#18 Dennis Moore - WR</t>
   </si>
   <si>
     <t>#14 Tyler Cruz - WR</t>
   </si>
   <si>
     <t>#15 Marvin White - WR</t>
   </si>
   <si>
     <t>#36 Leroy Bello - WR</t>
   </si>
   <si>
     <t>#66 Ricky Flores - C</t>
   </si>
   <si>
     <t>#60 Jason Johnson - LG</t>
   </si>
   <si>
     <t>#70 Roger Aumiller - RT</t>
   </si>
   <si>
-    <t>#67 Daniel Powell - RG</t>
+    <t>#67 Daniel Powell - RT</t>
   </si>
   <si>
     <t>#52 Carlos Gutierrez - LG</t>
   </si>
   <si>
     <t>#95 Davis Wright - DT</t>
   </si>
   <si>
     <t>#76 Steven Coddington - DT</t>
   </si>
   <si>
     <t>#56 Timothy Stell - DT</t>
   </si>
   <si>
     <t>#65 Justin Brooks - RDE</t>
   </si>
   <si>
     <t>#57 Michael McConnell - MLB</t>
   </si>
   <si>
     <t>#97 Paul Zelaya - CB</t>
   </si>
   <si>
     <t>#42 Michael Hudock - CB</t>
   </si>