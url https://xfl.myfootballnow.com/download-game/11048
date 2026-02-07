--- v2 (2026-01-09)
+++ v3 (2026-02-07)
@@ -512,51 +512,51 @@
   <si>
     <t>MTG 22</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>1-10-MTG 22 (11:38) 13-Charles Deleon pass complete to 18-Dennis Moore to MTG 4 for 18 yards. 18-Dennis Moore did some fancy footwork there. Pressure by 72-Steven Coddington.</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>MTG 4</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-4-MTG 4 (11:00) 25-Hubert Hernandez ran to MTG 6 for -1 yards. Tackle by 91-William Ward. PENALTY - Unnecessary Roughness (MTG 91-William Ward)</t>
   </si>
   <si>
-    <t>#37 Leonard Carter - FS</t>
+    <t>#33 Leonard Carter - FS</t>
   </si>
   <si>
     <t>10:57</t>
   </si>
   <si>
     <t>MTG 3</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>1-3-MTG 3 (10:58) 25-Hubert Hernandez ran to MTG 0 for 3 yards. TOUCHDOWN! ATL 6 MTG 0</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>MTG 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>