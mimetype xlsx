--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -284,108 +284,108 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TOR has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>TOR</t>
   </si>
   <si>
     <t>TOR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Dave Randall kicks 74 yards from TOR 35 to TEX -9. Touchback.</t>
   </si>
   <si>
     <t>#43 Donald Singletary - WR</t>
   </si>
   <si>
-    <t>#37 Richard Jordan - CB</t>
-[...2 lines deleted...]
-    <t>#56 Enrique Murray - SS</t>
+    <t>#22 Richard Jordan - CB</t>
+  </si>
+  <si>
+    <t>#56 Enrique Murray - CB</t>
   </si>
   <si>
     <t>#49 Marvin Williams - CB</t>
   </si>
   <si>
     <t>#33 Toby Walton - CB</t>
   </si>
   <si>
     <t>#21 Brian Morris - RB</t>
   </si>
   <si>
-    <t>#40 Porfirio Shoemaker - SS</t>
+    <t>#29 Porfirio Shoemaker - CB</t>
   </si>
   <si>
     <t>#57 Frank Nunez - SLB</t>
   </si>
   <si>
     <t>#53 Lee Goodman - SLB</t>
   </si>
   <si>
     <t>#20 Nicholas Sudduth - FS</t>
   </si>
   <si>
     <t>#48 Michael Ferris - SS</t>
   </si>
   <si>
     <t>#12 Dave Randall - K</t>
   </si>
   <si>
     <t>TEX</t>
   </si>
   <si>
     <t>TEX 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-TEX 25 (15:00) 33-Donald Singletary ran to TEX 30 for 5 yards. Tackle by 33-Johnathon Cook.</t>
   </si>
   <si>
     <t>#9 Steven Parent - QB</t>
   </si>
   <si>
-    <t>#66 Robert Neely - LT</t>
+    <t>#66 Robert Neely - LG</t>
   </si>
   <si>
     <t>#80 Daniel Allen - WR</t>
   </si>
   <si>
-    <t>#89 Michael Gray - WR</t>
+    <t>#42 Michael Gray - RB</t>
   </si>
   <si>
     <t>#40 Armando Cox - RB</t>
   </si>
   <si>
     <t>#64 Joel Best - LG</t>
   </si>
   <si>
     <t>#61 Garret Prochaska - LG</t>
   </si>
   <si>
     <t>#74 Jessie York - LT</t>
   </si>
   <si>
     <t>#75 John Sutter - RG</t>
   </si>
   <si>
     <t>#78 Terry Williamson - RT</t>
   </si>
   <si>
     <t>#87 Tommy Martinez - LDE</t>
   </si>
   <si>
     <t>#96 Bradley Tamez - LDE</t>
   </si>
@@ -413,144 +413,144 @@
   <si>
     <t>#6 Brandon Noble - CB</t>
   </si>
   <si>
     <t>#33 Johnathon Cook - SS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>TEX 30</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-5-TEX 30 (14:19) 9-Steven Parent pass Pass knocked down by 49-Kenneth Fuller. incomplete, intended for 19-Robert Mathis.</t>
   </si>
   <si>
     <t>#19 Robert Mathis - WR</t>
   </si>
   <si>
-    <t>#10 Steve Magno - WR</t>
+    <t>#88 Steve Magno - WR</t>
   </si>
   <si>
     <t>#44 Patrick Bradbury - SS</t>
   </si>
   <si>
     <t>#42 John Teixeira - CB</t>
   </si>
   <si>
     <t>#48 Eugene Ramey - LDE</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>3-5-TEX 30 (14:16) 42-Daniel Allen ran to TEX 29 for -1 yards. Tackle by 24-John Teixeira. 33-Donald Singletary totally missed that block.</t>
   </si>
   <si>
     <t>#34 James Jones - CB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>TEX 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-TEX 29 (13:39) 16-Clayton Klein punts 44 yards to TOR 27. 16-Daniel Bailey to TOR 33 for 6 yards. Tackle by 56-Frank Nunez.</t>
   </si>
   <si>
     <t>#16 Clayton Klein - P</t>
   </si>
   <si>
     <t>#16 Daniel Bailey - WR</t>
   </si>
   <si>
     <t>#54 Jeremy Holmes - WLB</t>
   </si>
   <si>
-    <t>#25 Dewey Cash - CB</t>
+    <t>#33 Dewey Cash - CB</t>
   </si>
   <si>
     <t>#65 Jamie Kearney - C</t>
   </si>
   <si>
     <t>#73 Logan McCormick - LDE</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>TOR 33</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-TOR 33 (13:31) 9-Douglas Jones ran to TOR 46 for 13 yards. Tackle by 29-Porfirio Shoemaker.</t>
   </si>
   <si>
     <t>#11 Robert Williams - QB</t>
   </si>
   <si>
     <t>#13 Douglas Jones - WR</t>
   </si>
   <si>
     <t>#33 Robert Bologna - RB</t>
   </si>
   <si>
     <t>#28 David Thigpen - WR</t>
   </si>
   <si>
     <t>#11 Robert Knight - WR</t>
   </si>
   <si>
     <t>#68 Pedro Gerke - LT</t>
   </si>
   <si>
-    <t>#58 Robert Strother - C</t>
+    <t>#75 Robert Strother - RG</t>
   </si>
   <si>
     <t>#73 Ray Hill - C</t>
   </si>
   <si>
     <t>#63 Daryl Harrison - RG</t>
   </si>
   <si>
     <t>#79 Matt Durham - RT</t>
   </si>
   <si>
     <t>#1 Stephen Huff - CB</t>
   </si>
   <si>
     <t>#92 Jose Negron - DT</t>
   </si>
   <si>
     <t>#56 Charles Donnelly - DT</t>
   </si>
   <si>
     <t>#63 Jeff Donald - LDE</t>
   </si>
   <si>
     <t>#1 William Gorsuch - CB</t>
   </si>
@@ -2261,51 +2261,51 @@
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>