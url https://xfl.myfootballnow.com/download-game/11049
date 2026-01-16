--- v1 (2025-12-17)
+++ v2 (2026-01-16)
@@ -287,72 +287,72 @@
   <si>
     <t>TOR has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>TOR</t>
   </si>
   <si>
     <t>TOR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Dave Randall kicks 74 yards from TOR 35 to TEX -9. Touchback.</t>
   </si>
   <si>
     <t>#43 Donald Singletary - WR</t>
   </si>
   <si>
     <t>#22 Richard Jordan - CB</t>
   </si>
   <si>
-    <t>#56 Enrique Murray - CB</t>
+    <t>#56 Enrique Murray - LDE</t>
   </si>
   <si>
     <t>#49 Marvin Williams - CB</t>
   </si>
   <si>
     <t>#33 Toby Walton - CB</t>
   </si>
   <si>
     <t>#21 Brian Morris - RB</t>
   </si>
   <si>
     <t>#29 Porfirio Shoemaker - CB</t>
   </si>
   <si>
     <t>#57 Frank Nunez - SLB</t>
   </si>
   <si>
     <t>#53 Lee Goodman - SLB</t>
   </si>
   <si>
-    <t>#20 Nicholas Sudduth - FS</t>
+    <t>#43 Nicholas Sudduth - FS</t>
   </si>
   <si>
     <t>#48 Michael Ferris - SS</t>
   </si>
   <si>
     <t>#12 Dave Randall - K</t>
   </si>
   <si>
     <t>TEX</t>
   </si>
   <si>
     <t>TEX 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-TEX 25 (15:00) 33-Donald Singletary ran to TEX 30 for 5 yards. Tackle by 33-Johnathon Cook.</t>
   </si>
   <si>
     <t>#9 Steven Parent - QB</t>
   </si>
@@ -647,51 +647,51 @@
   <si>
     <t>TEX 12</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-3-TEX 12 (9:20) 42-Karl Lewis ran to TEX 12 for a short gain. Tackle by 58-Michael Ferris.</t>
   </si>
   <si>
     <t>8:41</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-TEX 12 (8:40) 12-Dave Randall 30 yard field goal is GOOD. TEX 0 TOR 3</t>
   </si>
   <si>
-    <t>#10 David Medina - P</t>
+    <t>#4 David Medina - P</t>
   </si>
   <si>
     <t>#66 Jarred Cargill - LG</t>
   </si>
   <si>
     <t>#78 Henry Deal - LG</t>
   </si>
   <si>
     <t>#57 Chris Nunez - C</t>
   </si>
   <si>
     <t>#70 Thomas Martin - LT</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>(8:38) 12-Dave Randall kicks 73 yards from TOR 35 to TEX -8. Touchback.</t>
   </si>
   <si>
     <t>1-10-TEX 25 (8:38) 33-Donald Singletary ran to TEX 28 for 3 yards. Tackle by 33-Johnathon Cook.</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
@@ -2246,79 +2246,79 @@
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>