--- v2 (2026-01-16)
+++ v3 (2026-03-19)
@@ -293,51 +293,51 @@
   <si>
     <t>TOR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Dave Randall kicks 74 yards from TOR 35 to TEX -9. Touchback.</t>
   </si>
   <si>
     <t>#43 Donald Singletary - WR</t>
   </si>
   <si>
     <t>#22 Richard Jordan - CB</t>
   </si>
   <si>
     <t>#56 Enrique Murray - LDE</t>
   </si>
   <si>
     <t>#49 Marvin Williams - CB</t>
   </si>
   <si>
-    <t>#33 Toby Walton - CB</t>
+    <t>#33 Toby Walton - FS</t>
   </si>
   <si>
     <t>#21 Brian Morris - RB</t>
   </si>
   <si>
     <t>#29 Porfirio Shoemaker - CB</t>
   </si>
   <si>
     <t>#57 Frank Nunez - SLB</t>
   </si>
   <si>
     <t>#53 Lee Goodman - SLB</t>
   </si>
   <si>
     <t>#43 Nicholas Sudduth - FS</t>
   </si>
   <si>
     <t>#48 Michael Ferris - SS</t>
   </si>
   <si>
     <t>#12 Dave Randall - K</t>
   </si>
   <si>
     <t>TEX</t>
   </si>
@@ -350,51 +350,51 @@
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-TEX 25 (15:00) 33-Donald Singletary ran to TEX 30 for 5 yards. Tackle by 33-Johnathon Cook.</t>
   </si>
   <si>
     <t>#9 Steven Parent - QB</t>
   </si>
   <si>
     <t>#66 Robert Neely - LG</t>
   </si>
   <si>
     <t>#80 Daniel Allen - WR</t>
   </si>
   <si>
     <t>#42 Michael Gray - RB</t>
   </si>
   <si>
     <t>#40 Armando Cox - RB</t>
   </si>
   <si>
     <t>#64 Joel Best - LG</t>
   </si>
   <si>
-    <t>#61 Garret Prochaska - LG</t>
+    <t>#78 Garret Prochaska - LG</t>
   </si>
   <si>
     <t>#74 Jessie York - LT</t>
   </si>
   <si>
     <t>#75 John Sutter - RG</t>
   </si>
   <si>
     <t>#78 Terry Williamson - RT</t>
   </si>
   <si>
     <t>#87 Tommy Martinez - LDE</t>
   </si>
   <si>
     <t>#96 Bradley Tamez - LDE</t>
   </si>
   <si>
     <t>#92 Peter Crawford - DT</t>
   </si>
   <si>
     <t>#74 Benny Turner - DT</t>
   </si>
   <si>
     <t>#57 Nicholas Andujar - RDE</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>#33 Robert Bologna - RB</t>
   </si>
   <si>
     <t>#28 David Thigpen - WR</t>
   </si>
   <si>
     <t>#11 Robert Knight - WR</t>
   </si>
   <si>
     <t>#68 Pedro Gerke - LT</t>
   </si>
   <si>
     <t>#75 Robert Strother - RG</t>
   </si>
   <si>
     <t>#73 Ray Hill - C</t>
   </si>
   <si>
     <t>#63 Daryl Harrison - RG</t>
   </si>
   <si>
     <t>#79 Matt Durham - RT</t>
   </si>
   <si>
-    <t>#1 Stephen Huff - CB</t>
+    <t>#1 Stephen Huff - FS</t>
   </si>
   <si>
     <t>#92 Jose Negron - DT</t>
   </si>
   <si>
     <t>#56 Charles Donnelly - DT</t>
   </si>
   <si>
     <t>#63 Jeff Donald - LDE</t>
   </si>
   <si>
     <t>#1 William Gorsuch - CB</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>TOR 46</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-TOR 46 (12:52) 45-Richard Avery ran to TEX 49 for 6 yards. Tackle by 1-William Gorsuch.</t>
   </si>