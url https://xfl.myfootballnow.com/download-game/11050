--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -287,180 +287,180 @@
   <si>
     <t>GCG has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BRO</t>
   </si>
   <si>
     <t>BRO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Richard Sanders kicks 75 yards from BRO 35 to GCG -10. Touchback.</t>
   </si>
   <si>
     <t>#41 Ichabod Crane - RB</t>
   </si>
   <si>
     <t>#42 Chad Patrick - CB</t>
   </si>
   <si>
-    <t>#39 Liam McStrong - SS</t>
-[...2 lines deleted...]
-    <t>#35 Berry Gelato - FS</t>
+    <t>#42 Liam McStrong - SS</t>
+  </si>
+  <si>
+    <t>#43 Berry Gelato - FS</t>
   </si>
   <si>
     <t>#52 Rob  Pilatus - SLB</t>
   </si>
   <si>
     <t>#53 Jim Thorpe - MLB</t>
   </si>
   <si>
     <t>#55 Kyle Gast - WLB</t>
   </si>
   <si>
     <t>#37 Manuel Harris - FS</t>
   </si>
   <si>
     <t>#48 Seamus McSpeedy - SLB</t>
   </si>
   <si>
     <t>#34 Lewis Sullivan - CB</t>
   </si>
   <si>
     <t>#49 Edwin C. Moses - FS</t>
   </si>
   <si>
-    <t>#10 Richard Sanders - K</t>
+    <t>#19 Richard Sanders - K</t>
   </si>
   <si>
     <t>GCG</t>
   </si>
   <si>
     <t>GCG 25</t>
   </si>
   <si>
     <t>Weak I Big HB Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-GCG 25 (15:00) 26-Ichabod Crane ran to GCG 26 for 1 yards. Tackle by 22-Cyrus Baltimore.</t>
   </si>
   <si>
     <t>#16 Robbie Heath - QB</t>
   </si>
   <si>
     <t>#89 Private Ryan  - TE</t>
   </si>
   <si>
-    <t>#80 Lauren Reid - TE</t>
+    <t>#81 Lauren Reid - TE</t>
   </si>
   <si>
     <t>#85 John Long - WR</t>
   </si>
   <si>
     <t>#4 O.G. Kush - C</t>
   </si>
   <si>
-    <t>#71 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - RT</t>
   </si>
   <si>
     <t>#62 Jerome Summers - LG</t>
   </si>
   <si>
     <t>#54 Mark Spitz - C</t>
   </si>
   <si>
     <t>#62 Jonathan Buckner - RG</t>
   </si>
   <si>
     <t>#61 Willie Birdsong - RG</t>
   </si>
   <si>
     <t>#75 John Beck - LDE</t>
   </si>
   <si>
     <t>#61 Atticus Finch - DT</t>
   </si>
   <si>
     <t>#58 Tanner Gaffney - DT</t>
   </si>
   <si>
     <t>#56 Thomas Sullivan - RDE</t>
   </si>
   <si>
     <t>#97 Jeffrey Preston - WLB</t>
   </si>
   <si>
     <t>#20 Cyrus Baltimore - CB</t>
   </si>
   <si>
-    <t>#94 James Felipe - WLB</t>
+    <t>#98 James Felipe - WLB</t>
   </si>
   <si>
     <t>#24 Kenneth Letson - CB</t>
   </si>
   <si>
     <t>#36 Michael Garrett - CB</t>
   </si>
   <si>
     <t>#49 Michael Franco - FS</t>
   </si>
   <si>
     <t>#39 Marcus Rodriguez - CB</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>GCG 26</t>
   </si>
   <si>
     <t>2-9-GCG 26 (14:20) 26-Ichabod Crane ran to GCG 26 for -1 yards. Tackle by 22-Cyrus Baltimore.</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-9-GCG 26 (13:45) 26-Ichabod Crane ran to GCG 29 for 3 yards. Tackle by 56-James Felipe.</t>
   </si>
   <si>
-    <t>#88 Captain Morgan  - WR</t>
+    <t>#33 Captain Morgan  - RB</t>
   </si>
   <si>
     <t>#89 Fab  Morvan  - WR</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>GCG 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-GCG 29 (13:03) 7-Jack O'Lantern punts 45 yards to BRO 26. Fair Catch by 6-Rome Cross.</t>
   </si>
   <si>
     <t>#7 Jack O'Lantern - P</t>
   </si>
   <si>
     <t>#6 Rome Cross - WR</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>#4 John Bennett - QB</t>
   </si>
   <si>
     <t>#86 Scooter Kavanaugh - WR</t>
   </si>
   <si>
     <t>#17 Rodney Webster - WR</t>
   </si>
   <si>
     <t>#83 Popcorn Sutton - WR</t>
   </si>
   <si>
     <t>#76 Daniel Sotelo - RG</t>
   </si>
   <si>
     <t>#75 Samuel Thomas - LG</t>
   </si>
   <si>
     <t>#75 Freddie King - LG</t>
   </si>
   <si>
     <t>#66 Donald Torres - RG</t>
   </si>
   <si>
-    <t>#72 Alexander Gonzalez - RT</t>
+    <t>#58 Alexander Gonzalez - RG</t>
   </si>
   <si>
     <t>#68 Melvin Babineau - LDE</t>
   </si>
   <si>
     <t>#98 Martin Guillory - DT</t>
   </si>
   <si>
     <t>#65 Declan O'Volatile - DT</t>
   </si>
   <si>
     <t>#66 Rulon Gardner - RDE</t>
   </si>
   <si>
     <t>#46 Martin Van Nostrand - CB</t>
   </si>
   <si>
     <t>#48 John Hoss - SS</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>BRO 23</t>
   </si>
@@ -590,51 +590,51 @@
   <si>
     <t>BRO 20</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-BRO 20 (12:12) 14-Scooby Snacks 38 yard field goal is GOOD. BRO 0 GCG 3</t>
   </si>
   <si>
     <t>#10 Andrew Endo - QB</t>
   </si>
   <si>
     <t>#14 Scooby Snacks - K</t>
   </si>
   <si>
     <t>#94 Daniel Simpson - WLB</t>
   </si>
   <si>
     <t>#98 Levi Galloway - LDE</t>
   </si>
   <si>
-    <t>#21 Robert Carter - CB</t>
+    <t>#28 Robert Carter - CB</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>GCG 35</t>
   </si>
   <si>
     <t>(12:10) 14-Scooby Snacks kicks 75 yards from GCG 35 to BRO -10. Touchback.</t>
   </si>
   <si>
     <t>#40 Mickey Martinez - CB</t>
   </si>
   <si>
     <t>BRO 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-BRO 25 (12:10) 84-Scooter Kavanaugh ran to BRO 30 for 5 yards. Tackle by 53-Jim Thorpe.</t>
   </si>
@@ -1832,51 +1832,51 @@
   <si>
     <t>4-8-GCG 27 (2:26) 16-Robbie Heath pass complete to 19-Fab  Morvan  to GCG 35 for 8 yards. Tackle by 49-Michael Franco. Turnover on downs.</t>
   </si>
   <si>
     <t>2:20</t>
   </si>
   <si>
     <t>1-10-GCG 35 (2:21) 4-John Bennett pass complete to 40-Bull Ramos to GCG 28 for 7 yards. Tackle by 59-Seamus McSpeedy.</t>
   </si>
   <si>
     <t>2-3-GCG 28 (2:00) 4-John Bennett pass Pass knocked down by 46-Martin Van Nostrand. incomplete, intended for 19-Heriberto Banks.</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>3-3-GCG 28 (1:57) 4-John Bennett pass incomplete, dropped by 84-Scooter Kavanaugh. BRO 73-Alexander Gonzalez was injured on the play.</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>4-3-GCG 28 (1:54) 10-Richard Sanders 46 yard field goal is GOOD. BRO 16 GCG 10</t>
   </si>
   <si>
-    <t>#70 Donald Maddox - C</t>
+    <t>#50 Donald Maddox - C</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>(1:50) 10-Richard Sanders kicks 74 yards from BRO 35 to GCG -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-GCG 25 (1:50) 16-Robbie Heath pass Pass knocked down by 51-Marcus Rodriguez. incomplete, intended for 80-Lauren Reid.</t>
   </si>
   <si>
     <t>1:46</t>
   </si>
   <si>
     <t>2-10-GCG 25 (1:47) 16-Robbie Heath pass complete to 26-Ichabod Crane to GCG 38 for 13 yards. Tackle by 49-Michael Franco.</t>
   </si>
   <si>
     <t>1:42</t>
   </si>
   <si>
     <t>Timeout GCG</t>
   </si>
   <si>
     <t>1:39</t>
   </si>