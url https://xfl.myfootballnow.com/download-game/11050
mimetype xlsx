--- v1 (2025-12-30)
+++ v2 (2026-01-29)
@@ -287,51 +287,51 @@
   <si>
     <t>GCG has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BRO</t>
   </si>
   <si>
     <t>BRO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Richard Sanders kicks 75 yards from BRO 35 to GCG -10. Touchback.</t>
   </si>
   <si>
     <t>#41 Ichabod Crane - RB</t>
   </si>
   <si>
     <t>#42 Chad Patrick - CB</t>
   </si>
   <si>
-    <t>#42 Liam McStrong - SS</t>
+    <t>#42 Liam McStrong - LDE</t>
   </si>
   <si>
     <t>#43 Berry Gelato - FS</t>
   </si>
   <si>
     <t>#52 Rob  Pilatus - SLB</t>
   </si>
   <si>
     <t>#53 Jim Thorpe - MLB</t>
   </si>
   <si>
     <t>#55 Kyle Gast - WLB</t>
   </si>
   <si>
     <t>#37 Manuel Harris - FS</t>
   </si>
   <si>
     <t>#48 Seamus McSpeedy - SLB</t>
   </si>
   <si>
     <t>#34 Lewis Sullivan - CB</t>
   </si>
   <si>
     <t>#49 Edwin C. Moses - FS</t>
   </si>
@@ -347,51 +347,51 @@
   <si>
     <t>Weak I Big HB Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-GCG 25 (15:00) 26-Ichabod Crane ran to GCG 26 for 1 yards. Tackle by 22-Cyrus Baltimore.</t>
   </si>
   <si>
     <t>#16 Robbie Heath - QB</t>
   </si>
   <si>
     <t>#89 Private Ryan  - TE</t>
   </si>
   <si>
     <t>#81 Lauren Reid - TE</t>
   </si>
   <si>
     <t>#85 John Long - WR</t>
   </si>
   <si>
     <t>#4 O.G. Kush - C</t>
   </si>
   <si>
-    <t>#51 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>#62 Jerome Summers - LG</t>
   </si>
   <si>
     <t>#54 Mark Spitz - C</t>
   </si>
   <si>
     <t>#62 Jonathan Buckner - RG</t>
   </si>
   <si>
     <t>#61 Willie Birdsong - RG</t>
   </si>
   <si>
     <t>#75 John Beck - LDE</t>
   </si>
   <si>
     <t>#61 Atticus Finch - DT</t>
   </si>
   <si>
     <t>#58 Tanner Gaffney - DT</t>
   </si>
   <si>
     <t>#56 Thomas Sullivan - RDE</t>
   </si>
@@ -443,57 +443,57 @@
   <si>
     <t>#89 Fab  Morvan  - WR</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>GCG 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-GCG 29 (13:03) 7-Jack O'Lantern punts 45 yards to BRO 26. Fair Catch by 6-Rome Cross.</t>
   </si>
   <si>
     <t>#7 Jack O'Lantern - P</t>
   </si>
   <si>
     <t>#6 Rome Cross - WR</t>
   </si>
   <si>
-    <t>#36 Butch Reed - RB</t>
+    <t>#30 Butch Reed - RB</t>
   </si>
   <si>
     <t>#40 Bull Ramos - FB</t>
   </si>
   <si>
-    <t>#88 Richard Bishop - WR</t>
+    <t>#88 Richard Bishop - C</t>
   </si>
   <si>
     <t>#88 Richard Currie - WR</t>
   </si>
   <si>
     <t>#48 Lefty Wright - CB</t>
   </si>
   <si>
     <t>#64 Danny Partridge - RG</t>
   </si>
   <si>
     <t>#73 "Joliet" Jake Blues  - LT</t>
   </si>
   <si>
     <t>#77 Michael Landry - C</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>BRO 26</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>2-8-BRO 49 (10:14) 84-Scooter Kavanaugh ran to GCG 48 for 3 yards. Tackle by 68-Melvin Babineau. 11-Rodney Webster missed that block completely.</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>GCG 48</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-5-GCG 48 (9:37) 4-John Bennett pass incomplete, dropped by 84-Scooter Kavanaugh.</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>4-5-GCG 48 (9:34) 7-Roland Stinson punts 53 yards to GCG -5.4-5-GCG 48 (9:34) 7-Roland Stinson punts 53 yards to GCG -5. Touchback.</t>
   </si>
   <si>
-    <t>#7 Roland Stinson - P</t>
+    <t>#18 Roland Stinson - P</t>
   </si>
   <si>
     <t>#72 Barrett Remer - C</t>
   </si>
   <si>
     <t>#69 Earl Pacheco - RG</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>GCG 20</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>1-10-GCG 20 (9:26) 16-Robbie Heath pass complete to 17-O.G. Kush to GCG 22 for 2 yards. Tackle by 95-John Beck. 48-Lefty Wright got away with a hold on that play.</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>GCG 22</t>
   </si>
@@ -2296,99 +2296,99 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="292.5" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">