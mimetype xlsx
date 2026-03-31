--- v2 (2026-01-29)
+++ v3 (2026-03-31)
@@ -416,51 +416,51 @@
   <si>
     <t>#39 Marcus Rodriguez - CB</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>GCG 26</t>
   </si>
   <si>
     <t>2-9-GCG 26 (14:20) 26-Ichabod Crane ran to GCG 26 for -1 yards. Tackle by 22-Cyrus Baltimore.</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-9-GCG 26 (13:45) 26-Ichabod Crane ran to GCG 29 for 3 yards. Tackle by 56-James Felipe.</t>
   </si>
   <si>
-    <t>#33 Captain Morgan  - RB</t>
+    <t>#41 Captain Morgan  - RB</t>
   </si>
   <si>
     <t>#89 Fab  Morvan  - WR</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>GCG 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-GCG 29 (13:03) 7-Jack O'Lantern punts 45 yards to BRO 26. Fair Catch by 6-Rome Cross.</t>
   </si>
   <si>
     <t>#7 Jack O'Lantern - P</t>
   </si>
   <si>
     <t>#6 Rome Cross - WR</t>
   </si>