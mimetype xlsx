--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -305,102 +305,102 @@
   <si>
     <t>#87 Mark Sager - WR</t>
   </si>
   <si>
     <t>#80 Darren Burnett - WR</t>
   </si>
   <si>
     <t>#34 Matthew Rascon - SS</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#27 Jose Henderson - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>#70 Thomas Reyes - LDE</t>
   </si>
   <si>
-    <t>#47 David Smothers - SS</t>
+    <t>#47 David Smothers - CB</t>
   </si>
   <si>
     <t>#12 James Hurlbert - WR</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>#9 Sheldon Wallace - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PNX 25 (15:00) 14-Brandon Rodriguez pass complete to 16-Mark Sager to PNX 40 for 15 yards. Tackle by 27-Steven Lamontagne.</t>
   </si>
   <si>
     <t>#14 Brandon Rodriguez - QB</t>
   </si>
   <si>
     <t>#17 Carmelo Cruz - WR</t>
   </si>
   <si>
-    <t>#85 Richard Berry - WR</t>
+    <t>#41 Richard Berry - RB</t>
   </si>
   <si>
     <t>#64 Joe Beard - LT</t>
   </si>
   <si>
     <t>#70 Michael Bartlett - LG</t>
   </si>
   <si>
     <t>#57 Robert Cortez - C</t>
   </si>
   <si>
     <t>#69 Stephen Wiley - LT</t>
   </si>
   <si>
     <t>#51 Enrique Davis - C</t>
   </si>
   <si>
-    <t>#94 Scott Carmack - LDE</t>
+    <t>#93 Scott Carmack - LDE</t>
   </si>
   <si>
     <t>#76 Thomas Creel - DT</t>
   </si>
   <si>
     <t>#91 Lupe Armstrong - RDE</t>
   </si>
   <si>
     <t>#99 Jesse Wilding - FS</t>
   </si>
   <si>
     <t>#91 Jeremy Robles - FS</t>
   </si>
   <si>
     <t>#36 Eric Wicker - FS</t>
   </si>
   <si>
     <t>#60 Gunnar Van Slyke - FS</t>
   </si>
   <si>
     <t>#42 Steven Lamontagne - CB</t>
   </si>
   <si>
     <t>#22 Vick Dominoe - CB</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#35 Richard Bell - CB</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>PNX 40</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-PNX 40 (14:24) 14-Brandon Rodriguez pass complete to 12-James Hurlbert to PNX 49 for 9 yards. Tackle by 29-Vick Dominoe.</t>
   </si>
   <si>
     <t>#87 Jerry Pridemore - WR</t>
   </si>
   <si>
     <t>#68 Wade Johnson - LDE</t>
   </si>
   <si>
-    <t>#52 Ronald Knox - CB</t>
+    <t>#34 Ronald Knox - CB</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>PNX 49</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-1-PNX 49 (13:46) 14-Brandon Rodriguez pass complete to 16-Mark Sager to DAK 34 for 17 yards. Tackle by 42-William Allen.</t>
   </si>
   <si>
     <t>#62 Seth Sanderson - CB</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>DAK 34</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
@@ -524,51 +524,51 @@
   <si>
     <t>DAK 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:41) Extra point GOOD by 8-Joseph Day. PNX 7 DAK 0</t>
   </si>
   <si>
     <t>#11 Gary McCall - P</t>
   </si>
   <si>
     <t>#3 Joseph Day - K</t>
   </si>
   <si>
     <t>#61 Ruben Munroe - LG</t>
   </si>
   <si>
     <t>#79 Mark Larocque - C</t>
   </si>
   <si>
-    <t>#61 Robert Ramirez - LG</t>
+    <t>#79 Robert Ramirez - LT</t>
   </si>
   <si>
     <t>#54 David Morin - FS</t>
   </si>
   <si>
     <t>#14 Jose Hernandez - WR</t>
   </si>
   <si>
     <t>#80 Tommy Ajax - WR</t>
   </si>
   <si>
     <t>#83 Joshua Davis - WR</t>
   </si>
   <si>
     <t>#98 John Jones - CB</t>
   </si>
   <si>
     <t>#4 Peter Woods - WR</t>
   </si>
   <si>
     <t>PNX 35</t>
   </si>
   <si>
     <t>(11:41) 8-Joseph Day kicks 75 yards from PNX 35 to DAK -10. Touchback.</t>
   </si>