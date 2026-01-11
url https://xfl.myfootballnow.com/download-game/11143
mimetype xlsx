--- v1 (2025-12-08)
+++ v2 (2026-01-11)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 9-Sheldon Wallace kicks 73 yards from DAK 35 to PNX -8. Touchback.</t>
   </si>
   <si>
     <t>#87 Mark Sager - WR</t>
   </si>
   <si>
     <t>#80 Darren Burnett - WR</t>
   </si>
   <si>
     <t>#34 Matthew Rascon - SS</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#27 Jose Henderson - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#47 David Smothers - CB</t>
   </si>
   <si>
     <t>#12 James Hurlbert - WR</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>#9 Sheldon Wallace - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -356,51 +356,51 @@
   <si>
     <t>#14 Brandon Rodriguez - QB</t>
   </si>
   <si>
     <t>#17 Carmelo Cruz - WR</t>
   </si>
   <si>
     <t>#41 Richard Berry - RB</t>
   </si>
   <si>
     <t>#64 Joe Beard - LT</t>
   </si>
   <si>
     <t>#70 Michael Bartlett - LG</t>
   </si>
   <si>
     <t>#57 Robert Cortez - C</t>
   </si>
   <si>
     <t>#69 Stephen Wiley - LT</t>
   </si>
   <si>
     <t>#51 Enrique Davis - C</t>
   </si>
   <si>
-    <t>#93 Scott Carmack - LDE</t>
+    <t>#93 Scott Carmack - SS</t>
   </si>
   <si>
     <t>#76 Thomas Creel - DT</t>
   </si>
   <si>
     <t>#91 Lupe Armstrong - RDE</t>
   </si>
   <si>
     <t>#99 Jesse Wilding - FS</t>
   </si>
   <si>
     <t>#91 Jeremy Robles - FS</t>
   </si>
   <si>
     <t>#36 Eric Wicker - FS</t>
   </si>
   <si>
     <t>#60 Gunnar Van Slyke - FS</t>
   </si>
   <si>
     <t>#42 Steven Lamontagne - CB</t>
   </si>
   <si>
     <t>#22 Vick Dominoe - CB</t>
   </si>
@@ -1001,51 +1001,51 @@
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-4-PNX 37 (11:21) 6-Stephen Gibson pass complete to 11-Smurf Murphy for 37 yards. TOUCHDOWN! PENALTY - Pass Interference (PNX 99-Carl Pettit) (Declined) PNX 21 DAK 6</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>PNX 2</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>(11:13) 86-Gabriel Hill ran to PNX 0 for 2 yards. CONVERSION GOOD! PNX 94-Steven Fonville was injured on the play. He looks like he should be able to return. PNX 21 DAK 8</t>
   </si>
   <si>
     <t>#68 Paul Fields - DT</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - DT</t>
+    <t>#99 Justin Mattox - SLB</t>
   </si>
   <si>
     <t>#59 Robert Gillmore - RDE</t>
   </si>
   <si>
     <t>#24 Curtis Byars - SS</t>
   </si>
   <si>
     <t>(11:13) 9-Sheldon Wallace kicks 74 yards from DAK 35 to PNX -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-PNX 25 (11:13) 14-Brandon Rodriguez pass complete to 87-Jerry Pridemore to PNX 26 for 1 yards. Tackle by 91-Jeremy Robles.</t>
   </si>
   <si>
     <t>10:32</t>
   </si>
   <si>
     <t>PNX 26</t>
   </si>
   <si>
     <t>2-9-PNX 26 (10:31) 14-Brandon Rodriguez pass complete to 12-James Hurlbert to PNX 37 for 11 yards. Tackle by 52-Ronald Knox.</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
@@ -2176,51 +2176,51 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="304.211" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>