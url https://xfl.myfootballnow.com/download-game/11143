--- v2 (2026-01-11)
+++ v3 (2026-02-19)
@@ -305,105 +305,105 @@
   <si>
     <t>#87 Mark Sager - WR</t>
   </si>
   <si>
     <t>#80 Darren Burnett - WR</t>
   </si>
   <si>
     <t>#34 Matthew Rascon - SS</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#27 Jose Henderson - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
+    <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>#12 James Hurlbert - WR</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>#9 Sheldon Wallace - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PNX 25 (15:00) 14-Brandon Rodriguez pass complete to 16-Mark Sager to PNX 40 for 15 yards. Tackle by 27-Steven Lamontagne.</t>
   </si>
   <si>
     <t>#14 Brandon Rodriguez - QB</t>
   </si>
   <si>
     <t>#17 Carmelo Cruz - WR</t>
   </si>
   <si>
-    <t>#41 Richard Berry - RB</t>
+    <t>#41 Richard Berry - WR</t>
   </si>
   <si>
     <t>#64 Joe Beard - LT</t>
   </si>
   <si>
     <t>#70 Michael Bartlett - LG</t>
   </si>
   <si>
     <t>#57 Robert Cortez - C</t>
   </si>
   <si>
     <t>#69 Stephen Wiley - LT</t>
   </si>
   <si>
     <t>#51 Enrique Davis - C</t>
   </si>
   <si>
     <t>#93 Scott Carmack - SS</t>
   </si>
   <si>
-    <t>#76 Thomas Creel - DT</t>
+    <t>#60 Thomas Creel - DT</t>
   </si>
   <si>
     <t>#91 Lupe Armstrong - RDE</t>
   </si>
   <si>
     <t>#99 Jesse Wilding - FS</t>
   </si>
   <si>
     <t>#91 Jeremy Robles - FS</t>
   </si>
   <si>
     <t>#36 Eric Wicker - FS</t>
   </si>
   <si>
     <t>#60 Gunnar Van Slyke - FS</t>
   </si>
   <si>
     <t>#42 Steven Lamontagne - CB</t>
   </si>
   <si>
     <t>#22 Vick Dominoe - CB</t>
   </si>
   <si>
     <t>#42 William Allen - CB</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-DAK 34 (13:10) 14-Brandon Rodriguez pass incomplete, dropped by 10-Carmelo Cruz.</t>
   </si>
   <si>
     <t>#81 Sean Jaeger - WR</t>
   </si>
   <si>
     <t>#32 Ellis Goulart - CB</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-DAK 34 (13:06) 10-Carmelo Cruz ran to DAK 25 for 9 yards. Tackle by 52-Ronald Knox.</t>
   </si>
   <si>
-    <t>#40 Daniel Marsden - RB</t>
+    <t>#47 Daniel Marsden - FB</t>
   </si>
   <si>
     <t>#16 Kenneth Ong - WR</t>
   </si>
   <si>
     <t>#43 Arthur Schley - CB</t>
   </si>
   <si>
     <t>12:31</t>
   </si>
   <si>
     <t>DAK 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>3-1-DAK 25 (12:30) 14-Brandon Rodriguez pass complete to 37-Richard Berry to DAK 13 for 11 yards. Tackle by 27-Steven Lamontagne.</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
@@ -575,54 +575,54 @@
   <si>
     <t>#11 Smurf Murphy - WR</t>
   </si>
   <si>
     <t>#29 Christopher Brooks - CB</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>1-10-DAK 25 (11:41) 6-Stephen Gibson pass complete to 14-Jose Hernandez to DAK 24 for -1 yards. Tackle by 92-Nicholas Matias.</t>
   </si>
   <si>
     <t>#6 Stephen Gibson - QB</t>
   </si>
   <si>
     <t>#2 Jose Castro - WR</t>
   </si>
   <si>
     <t>#42 Ralph George - FB</t>
   </si>
   <si>
     <t>#66 Gene Perez - LT</t>
   </si>
   <si>
-    <t>#47 Corey Martinez - LG</t>
-[...2 lines deleted...]
-    <t>#55 James Martin - C</t>
+    <t>#77 Corey Martinez - LG</t>
+  </si>
+  <si>
+    <t>#60 James Martin - C</t>
   </si>
   <si>
     <t>#56 Samuel Domingue - RG</t>
   </si>
   <si>
     <t>#63 Richard Carroll - RG</t>
   </si>
   <si>
     <t>#35 Henry Shields - FS</t>
   </si>
   <si>
     <t>#94 Steven Fonville - DT</t>
   </si>
   <si>
     <t>#79 Nicholas Matias - CB</t>
   </si>
   <si>
     <t>#58 Thomas Gooch - RDE</t>
   </si>
   <si>
     <t>#47 Chester Smith - CB</t>
   </si>
   <si>
     <t>11:07</t>
   </si>
@@ -959,93 +959,93 @@
   <si>
     <t>4-29-PNX 10 (12:57) 11-Gary McCall punts 45 yards to DAK 46.</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>DAK 46</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>1-10-DAK 46 (12:48) 6-Stephen Gibson pass Pass knocked down by 31-Brian Murphy. incomplete, intended for 85-Sterling Drake.</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
     <t>#45 Michael Gilbert - CB</t>
   </si>
   <si>
     <t>#38 Keith Balentine - CB</t>
   </si>
   <si>
-    <t>#40 Jeffrey Fillion - CB</t>
+    <t>#26 Jeffrey Fillion - CB</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>2-10-DAK 46 (12:46) 6-Stephen Gibson pass complete to 4-Peter Woods to PNX 43 for 12 yards. Tackle by 40-Jeffrey Fillion.</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>PNX 43</t>
   </si>
   <si>
     <t>1-10-PNX 43 (12:04) 86-Gabriel Hill ran to PNX 37 for 6 yards. Tackle by 40-Jeffrey Fillion.</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-4-PNX 37 (11:21) 6-Stephen Gibson pass complete to 11-Smurf Murphy for 37 yards. TOUCHDOWN! PENALTY - Pass Interference (PNX 99-Carl Pettit) (Declined) PNX 21 DAK 6</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>PNX 2</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>(11:13) 86-Gabriel Hill ran to PNX 0 for 2 yards. CONVERSION GOOD! PNX 94-Steven Fonville was injured on the play. He looks like he should be able to return. PNX 21 DAK 8</t>
   </si>
   <si>
     <t>#68 Paul Fields - DT</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#59 Robert Gillmore - RDE</t>
   </si>
   <si>
     <t>#24 Curtis Byars - SS</t>
   </si>
   <si>
     <t>(11:13) 9-Sheldon Wallace kicks 74 yards from DAK 35 to PNX -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-PNX 25 (11:13) 14-Brandon Rodriguez pass complete to 87-Jerry Pridemore to PNX 26 for 1 yards. Tackle by 91-Jeremy Robles.</t>
   </si>
   <si>
     <t>10:32</t>
   </si>
   <si>
     <t>PNX 26</t>
   </si>
   <si>
     <t>2-9-PNX 26 (10:31) 14-Brandon Rodriguez pass complete to 12-James Hurlbert to PNX 37 for 11 yards. Tackle by 52-Ronald Knox.</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
@@ -1142,51 +1142,51 @@
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>2-10-DAK 50 (4:14) 6-Stephen Gibson pass complete to 4-Peter Woods to PNX 48 for 3 yards. Tackle by 95-Thomas Reyes.</t>
   </si>
   <si>
     <t>3:30</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-7-PNX 48 (3:29) 86-Gabriel Hill ran to PNX 38 for 10 yards. Tackle by 33-Michael Gilbert.</t>
   </si>
   <si>
     <t>2:47</t>
   </si>
   <si>
     <t>PNX 38</t>
   </si>
   <si>
     <t>1-10-PNX 38 (2:46) 6-Stephen Gibson pass Pass knocked down by 28-Anthony Mansfield. incomplete, intended for 17-John Webb.</t>
   </si>
   <si>
-    <t>#17 John Webb - WR</t>
+    <t>#17 John Webb - RB</t>
   </si>
   <si>
     <t>#80 David Lapp - FB</t>
   </si>
   <si>
     <t>2:42</t>
   </si>
   <si>
     <t>2-10-PNX 38 (2:43) 14-Jose Hernandez ran to PNX 35 for 3 yards. Tackle by 96-Matthew Rascon. PENALTY - Facemask (PNX 32-Chester Smith)</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
   <si>
     <t>1-10-PNX 20 (2:41) 6-Stephen Gibson pass Pass knocked down by 40-Jeffrey Fillion. incomplete, intended for 2-Jose Castro.</t>
   </si>
   <si>
     <t>2:36</t>
   </si>
   <si>
     <t>2-10-PNX 20 (2:37) 6-Stephen Gibson pass complete to 86-Gabriel Hill to PNX 15 for 5 yards. Tackle by 33-Michael Gilbert.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>