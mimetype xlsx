--- v0 (2025-10-18)
+++ v1 (2025-11-17)
@@ -287,51 +287,51 @@
   <si>
     <t>OAK has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>LAC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Chad Wetmore kicks 74 yards from LAC 35 to OAK -9. Touchback.</t>
   </si>
   <si>
     <t>#16 Sean Richards - WR</t>
   </si>
   <si>
     <t>#35 Oscar O'Gamble - CB</t>
   </si>
   <si>
-    <t>#91 William Bridwell - RDE</t>
+    <t>#91 William Bridwell - LDE</t>
   </si>
   <si>
     <t>#49 Albert Dipietro - FS</t>
   </si>
   <si>
     <t>#22 James Harris - FS</t>
   </si>
   <si>
     <t>#99 Keith Aguilar - LDE</t>
   </si>
   <si>
     <t>#51 Joseph Sanders - MLB</t>
   </si>
   <si>
     <t>#55 Matthew McDonald - WLB</t>
   </si>
   <si>
     <t>#58 Edwin Litwin - DT</t>
   </si>
   <si>
     <t>#26 James Sorenson - CB</t>
   </si>
   <si>
     <t>#25 George Alexander - CB</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-LAC 38 (12:04) 14-Robert Wiggins ran to LAC 49 for 10 yards. 14-Robert Wiggins FUMBLES (44-Leroy Collins) recovered by LAC-37-Donald Barr at LAC 48. Tackle by 44-Leroy Collins.</t>
   </si>
   <si>
     <t>#6 Robert Gibson - QB</t>
   </si>
   <si>
     <t>#26 Filiberto Charles - FB</t>
   </si>
   <si>
     <t>#14 Robert Wiggins - WR</t>
   </si>
   <si>
     <t>#83 Jeffrey Armstrong - WR</t>
   </si>
   <si>
     <t>#37 Donald Barr - WR</t>
   </si>
   <si>
     <t>#36 Martin Flores - WR</t>
   </si>
   <si>
-    <t>#77 Richard Dobson - C</t>
+    <t>#69 Richard Dobson - LG</t>
   </si>
   <si>
     <t>#64 Clyde Torres - RG</t>
   </si>
   <si>
     <t>#61 Matthew Dabbs - C</t>
   </si>
   <si>
     <t>#76 Matthew Born - RG</t>
   </si>
   <si>
     <t>#67 Donald Hogan - RT</t>
   </si>
   <si>
     <t>#94 Paul Matthews - DT</t>
   </si>
   <si>
     <t>#72 Jimmie Long - LDE</t>
   </si>
   <si>
     <t>#32 Walter Hedrick - CB</t>
   </si>
   <si>
     <t>#50 Blake Johnson - SS</t>
   </si>
@@ -641,51 +641,51 @@
   <si>
     <t>2-1-LAC 48 (11:19) 6-Robert Gibson pass complete to 22-Clyde Batten to OAK 39 for 14 yards. Great move by 22-Clyde Batten to get free of his coverage. OAK 91-William Bridwell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#2 Clyde Batten - WR</t>
   </si>
   <si>
     <t>#87 Jarred Ramos - TE</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>OAK 39</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-OAK 39 (10:38) 81-Roger Harris ran to OAK 34 for 5 yards. Tackle by 44-Leroy Collins.</t>
   </si>
   <si>
     <t>#81 Roger Harris - RB</t>
   </si>
   <si>
-    <t>#86 Jordan Leblanc - TE</t>
+    <t>#88 Jordan Leblanc - TE</t>
   </si>
   <si>
     <t>#82 Trevor Warrior - WR</t>
   </si>
   <si>
     <t>#30 Dwayne Sargent - RDE</t>
   </si>
   <si>
     <t>#55 Alan Alston - MLB</t>
   </si>
   <si>
     <t>#93 Lance Romano - MLB</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-5-OAK 34 (9:56) 6-Robert Gibson pass complete to 81-Roger Harris to OAK 18 for 16 yards.</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
@@ -1700,51 +1700,51 @@
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>LAC 42</t>
   </si>
   <si>
     <t>1-10-LAC 42 (9:30) 12-Lee Chen pass Pass knocked down by 27-Kyle Locklin. incomplete, intended for 81-Jordan Leblanc.</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>2-10-LAC 42 (9:27) 81-Roger Harris ran to LAC 44 for 1 yards. Tackle by 67-Jimmie Long. OAK 63-James Grant was injured on the play.</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>LAC 44</t>
   </si>
   <si>
     <t>3-9-LAC 44 (8:54) 81-Roger Harris ran to LAC 44 for a short gain. Tackle by 72-Alan Alston.</t>
   </si>
   <si>
-    <t>#98 John Brott - SLB</t>
+    <t>#98 John Brott - WLB</t>
   </si>
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>4-9-LAC 44 (8:09) 9-Michael Perez punts 48 yards to OAK 8. Fair Catch by 81-Tommy Glaze.</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>OAK 8</t>
   </si>
   <si>
     <t>1-10-OAK 8 (8:02) 1-Elliot Johnson sacked at OAK -2 for -10 yards (52-Francis Reichenbach). Sack allowed by 73-Matthew Boyette. SAFETY! (52-Francis Reichenbach) LAC 19 OAK 9</t>
   </si>
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>(7:58) 14-Charles Scruggs kicks 81 yards from OAK 20 to LAC -1. 20-Alfredo Barr to LAC 35 for 36 yards. Tackle by 94-Paul Matthews.</t>
   </si>
   <si>
     <t>1-10-LAC 35 (7:53) 81-Roger Harris ran to LAC 34 for -1 yards. Tackle by 30-Dwayne Sargent.</t>
   </si>