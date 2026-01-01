--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -572,51 +572,51 @@
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-LAC 38 (12:04) 14-Robert Wiggins ran to LAC 49 for 10 yards. 14-Robert Wiggins FUMBLES (44-Leroy Collins) recovered by LAC-37-Donald Barr at LAC 48. Tackle by 44-Leroy Collins.</t>
   </si>
   <si>
     <t>#6 Robert Gibson - QB</t>
   </si>
   <si>
     <t>#26 Filiberto Charles - FB</t>
   </si>
   <si>
     <t>#14 Robert Wiggins - WR</t>
   </si>
   <si>
     <t>#83 Jeffrey Armstrong - WR</t>
   </si>
   <si>
     <t>#37 Donald Barr - WR</t>
   </si>
   <si>
     <t>#36 Martin Flores - WR</t>
   </si>
   <si>
-    <t>#69 Richard Dobson - LG</t>
+    <t>#62 Richard Dobson - LT</t>
   </si>
   <si>
     <t>#64 Clyde Torres - RG</t>
   </si>
   <si>
     <t>#61 Matthew Dabbs - C</t>
   </si>
   <si>
     <t>#76 Matthew Born - RG</t>
   </si>
   <si>
     <t>#67 Donald Hogan - RT</t>
   </si>
   <si>
     <t>#94 Paul Matthews - DT</t>
   </si>
   <si>
     <t>#72 Jimmie Long - LDE</t>
   </si>
   <si>
     <t>#32 Walter Hedrick - CB</t>
   </si>
   <si>
     <t>#50 Blake Johnson - SS</t>
   </si>
@@ -680,51 +680,51 @@
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-5-OAK 34 (9:56) 6-Robert Gibson pass complete to 81-Roger Harris to OAK 18 for 16 yards.</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>OAK 18</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>1-10-OAK 18 (9:18) 6-Robert Gibson pass Pass knocked down by 93-Lance Romano. incomplete, intended for 83-Jeffrey Armstrong.</t>
   </si>
   <si>
     <t>#23 James King - RB</t>
   </si>
   <si>
-    <t>#54 Lawrence Hutchinson - WLB</t>
+    <t>#51 Lawrence Hutchinson - SLB</t>
   </si>
   <si>
     <t>#27 Kyle Locklin - SS</t>
   </si>
   <si>
     <t>9:13</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-OAK 18 (9:14) 22-Clyde Batten ran to OAK 5 for 13 yards. Tackle by 27-Kyle Locklin.</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>OAK 5</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
@@ -1700,51 +1700,51 @@
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>LAC 42</t>
   </si>
   <si>
     <t>1-10-LAC 42 (9:30) 12-Lee Chen pass Pass knocked down by 27-Kyle Locklin. incomplete, intended for 81-Jordan Leblanc.</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>2-10-LAC 42 (9:27) 81-Roger Harris ran to LAC 44 for 1 yards. Tackle by 67-Jimmie Long. OAK 63-James Grant was injured on the play.</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>LAC 44</t>
   </si>
   <si>
     <t>3-9-LAC 44 (8:54) 81-Roger Harris ran to LAC 44 for a short gain. Tackle by 72-Alan Alston.</t>
   </si>
   <si>
-    <t>#98 John Brott - WLB</t>
+    <t>#98 John Brott - SLB</t>
   </si>
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>4-9-LAC 44 (8:09) 9-Michael Perez punts 48 yards to OAK 8. Fair Catch by 81-Tommy Glaze.</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>OAK 8</t>
   </si>
   <si>
     <t>1-10-OAK 8 (8:02) 1-Elliot Johnson sacked at OAK -2 for -10 yards (52-Francis Reichenbach). Sack allowed by 73-Matthew Boyette. SAFETY! (52-Francis Reichenbach) LAC 19 OAK 9</t>
   </si>
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>(7:58) 14-Charles Scruggs kicks 81 yards from OAK 20 to LAC -1. 20-Alfredo Barr to LAC 35 for 36 yards. Tackle by 94-Paul Matthews.</t>
   </si>
   <si>
     <t>1-10-LAC 35 (7:53) 81-Roger Harris ran to LAC 34 for -1 yards. Tackle by 30-Dwayne Sargent.</t>
   </si>