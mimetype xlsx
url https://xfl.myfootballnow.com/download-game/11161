--- v2 (2026-01-01)
+++ v3 (2026-03-02)
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 17-Miguel Lui pass Pass knocked down by 4-Alexander Black. incomplete, intended for 13-John Hebert.</t>
   </si>
   <si>
     <t>#17 Miguel Lui - QB</t>
   </si>
   <si>
     <t>#48 Timothy Hernandez - RB</t>
   </si>
   <si>
     <t>#38 John Brumback - FB</t>
   </si>
   <si>
     <t>#92 Son Johnson - RB</t>
   </si>
   <si>
     <t>#86 Brian Wix - WR</t>
   </si>
   <si>
     <t>#15 John Hebert - WR</t>
   </si>
   <si>
-    <t>#62 Larry Peterson - LT</t>
+    <t>#52 Larry Peterson - LT</t>
   </si>
   <si>
     <t>#78 John Smithson - LG</t>
   </si>
   <si>
     <t>#60 Francisco Brennan - C</t>
   </si>
   <si>
     <t>#56 Ronnie Yandell - LG</t>
   </si>
   <si>
     <t>#64 Rodney Saldana - RT</t>
   </si>
   <si>
     <t>#3 Clifford Owens - LDE</t>
   </si>
   <si>
     <t>#50 Michael Wilson - DT</t>
   </si>
   <si>
     <t>#76 John Green - DT</t>
   </si>
   <si>
     <t>#69 Andrew Herring - RDE</t>
   </si>
@@ -590,51 +590,51 @@
   <si>
     <t>#37 Donald Barr - WR</t>
   </si>
   <si>
     <t>#36 Martin Flores - WR</t>
   </si>
   <si>
     <t>#62 Richard Dobson - LT</t>
   </si>
   <si>
     <t>#64 Clyde Torres - RG</t>
   </si>
   <si>
     <t>#61 Matthew Dabbs - C</t>
   </si>
   <si>
     <t>#76 Matthew Born - RG</t>
   </si>
   <si>
     <t>#67 Donald Hogan - RT</t>
   </si>
   <si>
     <t>#94 Paul Matthews - DT</t>
   </si>
   <si>
-    <t>#72 Jimmie Long - LDE</t>
+    <t>#64 Jimmie Long - LDE</t>
   </si>
   <si>
     <t>#32 Walter Hedrick - CB</t>
   </si>
   <si>
     <t>#50 Blake Johnson - SS</t>
   </si>
   <si>
     <t>#44 Leroy Collins - SS</t>
   </si>
   <si>
     <t>#87 Paul Titus - WR</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>LAC 48</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -680,51 +680,51 @@
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-5-OAK 34 (9:56) 6-Robert Gibson pass complete to 81-Roger Harris to OAK 18 for 16 yards.</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>OAK 18</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>1-10-OAK 18 (9:18) 6-Robert Gibson pass Pass knocked down by 93-Lance Romano. incomplete, intended for 83-Jeffrey Armstrong.</t>
   </si>
   <si>
     <t>#23 James King - RB</t>
   </si>
   <si>
-    <t>#51 Lawrence Hutchinson - SLB</t>
+    <t>#51 Lawrence Hutchinson - FS</t>
   </si>
   <si>
     <t>#27 Kyle Locklin - SS</t>
   </si>
   <si>
     <t>9:13</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-OAK 18 (9:14) 22-Clyde Batten ran to OAK 5 for 13 yards. Tackle by 27-Kyle Locklin.</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>OAK 5</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
@@ -2334,97 +2334,97 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="35.277" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="80" max="80" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">