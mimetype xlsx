--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -362,72 +362,72 @@
   <si>
     <t>#86 Michael Loving - TE</t>
   </si>
   <si>
     <t>#17 Rob Sloan - WR</t>
   </si>
   <si>
     <t>#12 Grady Blanchette - WR</t>
   </si>
   <si>
     <t>#15 Luis Stokes - WR</t>
   </si>
   <si>
     <t>#72 Lawrence Brown - LT</t>
   </si>
   <si>
     <t>#51 Angel Livingston - C</t>
   </si>
   <si>
     <t>#71 Peter Manes - LT</t>
   </si>
   <si>
     <t>#75 James Caulkins - RG</t>
   </si>
   <si>
-    <t>#73 Thomas Williams - LG</t>
+    <t>#79 Thomas Williams - LG</t>
   </si>
   <si>
     <t>#52 John Woods - LDE</t>
   </si>
   <si>
     <t>#77 Chris Savage - DT</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
     <t>#91 Chadwick Turner - RDE</t>
   </si>
   <si>
     <t>#34 Jack Coleman - CB</t>
   </si>
   <si>
     <t>#45 John Culp - CB</t>
   </si>
   <si>
-    <t>#90 Jessie Caldwell - CB</t>
+    <t>#35 Jessie Caldwell - FS</t>
   </si>
   <si>
     <t>#21 Eugene Fish - CB</t>
   </si>
   <si>
     <t>#27 Stewart Byrne - CB</t>
   </si>
   <si>
     <t>#98 Jimmie Hunter - CB</t>
   </si>
   <si>
     <t>#97 Pablo Mallory - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>MIA 16</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
@@ -497,72 +497,72 @@
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>PRI 29</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-PRI 29 (13:00) 85-John Holm ran to PRI 37 for 8 yards. Tackle by 39-Allen Belcher.</t>
   </si>
   <si>
     <t>#7 Gary Villicana - QB</t>
   </si>
   <si>
     <t>#85 John Holm - TE</t>
   </si>
   <si>
     <t>#86 Jimmy Teague - WR</t>
   </si>
   <si>
-    <t>#45 Henry Casey - WR</t>
+    <t>#14 Henry Casey - WR</t>
   </si>
   <si>
     <t>#12 Thomas Marrero - WR</t>
   </si>
   <si>
     <t>#62 Charles Ivey - LT</t>
   </si>
   <si>
     <t>#54 Stanley Anderson - LG</t>
   </si>
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
   <si>
     <t>#63 Charles Hamilton - RG</t>
   </si>
   <si>
     <t>#57 George Jones - LT</t>
   </si>
   <si>
-    <t>#53 George Roberts - SS</t>
+    <t>#55 George Roberts - WLB</t>
   </si>
   <si>
     <t>#54 Robert Rosales - DT</t>
   </si>
   <si>
     <t>#76 Anthony Figueroa - RDE</t>
   </si>
   <si>
     <t>#34 Howard Leonard - CB</t>
   </si>
   <si>
     <t>#21 Jim Cohen - CB</t>
   </si>
   <si>
     <t>#20 Joe Benjamin - CB</t>
   </si>
   <si>
     <t>#39 Allen Belcher - CB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>PRI 37</t>
   </si>
@@ -596,51 +596,51 @@
   <si>
     <t>MIA 15</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-MIA 15 (10:50) 7-Gary Villicana pass complete to 12-Thomas Marrero to MIA 12 for 4 yards. Tackle by 51-Ken Pace.</t>
   </si>
   <si>
     <t>#13 Bennie Kelley - WR</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>MIA 12</t>
   </si>
   <si>
     <t>2-6-MIA 12 (10:04) 7-Gary Villicana pass incomplete, intended for 45-Henry Casey.</t>
   </si>
   <si>
-    <t>#98 Andre Boos - RDE</t>
+    <t>#68 Andre Boos - RDE</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>3-6-MIA 12 (10:01) 7-Gary Villicana pass complete to 83-Bennie Kelley to MIA 2 for 10 yards. Tackle by 39-Allen Belcher. Nice job by 83-Bennie Kelley on that route to lose his coverage.</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>MIA 2</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-2-MIA 2 (9:26) 12-Thomas Marrero ran to MIA 1 for 1 yards. Tackle by 39-Allen Belcher.</t>
   </si>
   <si>
     <t>#83 Johnson Baca - WR</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
@@ -2215,51 +2215,51 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="398.617" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>