--- v1 (2025-12-16)
+++ v2 (2026-01-15)
@@ -518,57 +518,57 @@
   <si>
     <t>#86 Jimmy Teague - WR</t>
   </si>
   <si>
     <t>#14 Henry Casey - WR</t>
   </si>
   <si>
     <t>#12 Thomas Marrero - WR</t>
   </si>
   <si>
     <t>#62 Charles Ivey - LT</t>
   </si>
   <si>
     <t>#54 Stanley Anderson - LG</t>
   </si>
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
   <si>
     <t>#63 Charles Hamilton - RG</t>
   </si>
   <si>
     <t>#57 George Jones - LT</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#54 Robert Rosales - DT</t>
   </si>
   <si>
-    <t>#76 Anthony Figueroa - RDE</t>
+    <t>#76 Anthony Figueroa - DT</t>
   </si>
   <si>
     <t>#34 Howard Leonard - CB</t>
   </si>
   <si>
     <t>#21 Jim Cohen - CB</t>
   </si>
   <si>
     <t>#20 Joe Benjamin - CB</t>
   </si>
   <si>
     <t>#39 Allen Belcher - CB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>PRI 37</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
@@ -2215,100 +2215,100 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="398.617" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>