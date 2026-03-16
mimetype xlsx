--- v2 (2026-01-15)
+++ v3 (2026-03-16)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Cory Pate kicks 70 yards from PRI 35 to MIA -5. Touchback.</t>
   </si>
   <si>
     <t>#43 Edward Gamez - RB</t>
   </si>
   <si>
     <t>#99 Richard Johns - SLB</t>
   </si>
   <si>
     <t>#47 Steven Holloman - CB</t>
   </si>
   <si>
     <t>#80 James Dyson - LG</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
-    <t>#49 Charles Waters - FS</t>
+    <t>#25 Charles Waters - FS</t>
   </si>
   <si>
     <t>#42 Jeffery Dominguez - SS</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#2 Ken Pace - CB</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
   <si>
     <t>#95 Lewis Jones - WLB</t>
   </si>
   <si>
     <t>#1 Cory Pate - K</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
@@ -455,51 +455,51 @@
   <si>
     <t>3-12-MIA 23 (13:43) 5-Kevin Trout pass complete to 4-Gary McClain to MIA 24 for a short gain. Tackle by 43-Felix Hunt.</t>
   </si>
   <si>
     <t>13:09</t>
   </si>
   <si>
     <t>MIA 24</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-MIA 24 (13:08) 9-Michael Scott punts 54 yards to PRI 22. 87-Richard Hoffmann to PRI 29 for 8 yards. Tackle by 32-Charles Waters.</t>
   </si>
   <si>
     <t>#9 Michael Scott - P</t>
   </si>
   <si>
     <t>#88 Peter Lattimore - TE</t>
   </si>
   <si>
-    <t>#81 Richard Hoffmann - WR</t>
+    <t>#81 Richard Hoffmann - LG</t>
   </si>
   <si>
     <t>#38 Richard Nguyen - CB</t>
   </si>
   <si>
     <t>#74 Paul Boykin - LG</t>
   </si>
   <si>
     <t>#57 Leslie Brown - LT</t>
   </si>
   <si>
     <t>#82 Michael Newell - RB</t>
   </si>
   <si>
     <t>#61 Joseph Taylor - LDE</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>PRI 29</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -521,54 +521,54 @@
   <si>
     <t>#14 Henry Casey - WR</t>
   </si>
   <si>
     <t>#12 Thomas Marrero - WR</t>
   </si>
   <si>
     <t>#62 Charles Ivey - LT</t>
   </si>
   <si>
     <t>#54 Stanley Anderson - LG</t>
   </si>
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
   <si>
     <t>#63 Charles Hamilton - RG</t>
   </si>
   <si>
     <t>#57 George Jones - LT</t>
   </si>
   <si>
     <t>#55 George Roberts - FS</t>
   </si>
   <si>
-    <t>#54 Robert Rosales - DT</t>
-[...2 lines deleted...]
-    <t>#76 Anthony Figueroa - DT</t>
+    <t>#90 Robert Rosales - DT</t>
+  </si>
+  <si>
+    <t>#76 Anthony Figueroa - RDE</t>
   </si>
   <si>
     <t>#34 Howard Leonard - CB</t>
   </si>
   <si>
     <t>#21 Jim Cohen - CB</t>
   </si>
   <si>
     <t>#20 Joe Benjamin - CB</t>
   </si>
   <si>
     <t>#39 Allen Belcher - CB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>PRI 37</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
@@ -809,51 +809,51 @@
   <si>
     <t>3:24</t>
   </si>
   <si>
     <t>PRI 45</t>
   </si>
   <si>
     <t>4-5-PRI 45 (3:23) 9-Michael Scott punts 37 yards to PRI 8.</t>
   </si>
   <si>
     <t>3:15</t>
   </si>
   <si>
     <t>PRI 8</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-PRI 8 (3:16) 7-Gary Villicana pass complete to 87-Richard Hoffmann to PRI 17 for 8 yards. Tackle by 51-Ken Pace.</t>
   </si>
   <si>
-    <t>#53 Frank Torrez - CB</t>
+    <t>#31 Frank Torrez - CB</t>
   </si>
   <si>
     <t>2:30</t>
   </si>
   <si>
     <t>PRI 17</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>2-2-PRI 17 (2:29) 85-John Holm ran to PRI 19 for 3 yards. Tackle by 95-Lewis Jones.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>PRI 19</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
@@ -2263,52 +2263,52 @@
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>