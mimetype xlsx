--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -335,51 +335,51 @@
   <si>
     <t>#23 Robert Phillips - CB</t>
   </si>
   <si>
     <t>#1 Cory Pate - K</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 25 (15:00) 15-Gary Fielding pass Pass knocked down by 93-Eugene Fish. incomplete, intended for 85-Stanley Post.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - RB</t>
+    <t>#10 Julio Hamilton - C</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#75 John Rousseau - C</t>
   </si>
   <si>
     <t>#79 William Campbell - C</t>
   </si>
   <si>
     <t>#58 Arthur Taylor - LG</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>#1 Frank Dardar - WR</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>CIN 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-CIN 33 (13:37) 5-Clay Comfort punts 47 yards to PRI 20. Fair Catch by 87-Richard Hoffmann.</t>
   </si>
   <si>
     <t>#5 Clay Comfort - P</t>
   </si>
   <si>
     <t>#57 Leon Smith - C</t>
   </si>
   <si>
-    <t>#81 Richard Hoffmann - WR</t>
+    <t>#81 Richard Hoffmann - LG</t>
   </si>
   <si>
     <t>#38 Richard Nguyen - CB</t>
   </si>
   <si>
     <t>#50 Cedric Dahlke - LT</t>
   </si>
   <si>
     <t>#70 Gus Goodman - LT</t>
   </si>
   <si>
     <t>#61 Joseph Taylor - LDE</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>PRI 20</t>
   </si>
   <si>
     <t>1-10-PRI 20 (13:30) 7-Gary Villicana pass Pass knocked down by 59-Thomas Layne. incomplete, intended for 86-Jimmy Teague.</t>
   </si>
   <si>
     <t>#7 Gary Villicana - QB</t>
   </si>