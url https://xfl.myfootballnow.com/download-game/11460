--- v1 (2025-11-09)
+++ v2 (2025-12-08)
@@ -335,96 +335,96 @@
   <si>
     <t>#23 Robert Phillips - CB</t>
   </si>
   <si>
     <t>#1 Cory Pate - K</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 25 (15:00) 15-Gary Fielding pass Pass knocked down by 93-Eugene Fish. incomplete, intended for 85-Stanley Post.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - C</t>
+    <t>#10 Julio Hamilton - WR</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#75 John Rousseau - C</t>
   </si>
   <si>
     <t>#79 William Campbell - C</t>
   </si>
   <si>
     <t>#58 Arthur Taylor - LG</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
     <t>#77 Chris Savage - DT</t>
   </si>
   <si>
     <t>#56 Chris Staples - DT</t>
   </si>
   <si>
     <t>#91 Chadwick Turner - RDE</t>
   </si>
   <si>
     <t>#34 Jack Coleman - CB</t>
   </si>
   <si>
     <t>#45 John Culp - CB</t>
   </si>
   <si>
-    <t>#90 Jessie Caldwell - CB</t>
+    <t>#35 Jessie Caldwell - FS</t>
   </si>
   <si>
     <t>#21 Eugene Fish - CB</t>
   </si>
   <si>
     <t>#27 Stewart Byrne - CB</t>
   </si>
   <si>
     <t>#98 Jimmie Hunter - CB</t>
   </si>
   <si>
     <t>#97 Pablo Mallory - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-CIN 25 (14:57) 10-Julio Hamilton ran to CIN 32 for 7 yards. Tackle by 20-John Blaker. CIN 10-Julio Hamilton was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -452,84 +452,84 @@
   <si>
     <t>#1 Frank Dardar - WR</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>CIN 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-CIN 33 (13:37) 5-Clay Comfort punts 47 yards to PRI 20. Fair Catch by 87-Richard Hoffmann.</t>
   </si>
   <si>
     <t>#5 Clay Comfort - P</t>
   </si>
   <si>
     <t>#57 Leon Smith - C</t>
   </si>
   <si>
-    <t>#81 Richard Hoffmann - LG</t>
+    <t>#81 Richard Hoffmann - WR</t>
   </si>
   <si>
     <t>#38 Richard Nguyen - CB</t>
   </si>
   <si>
     <t>#50 Cedric Dahlke - LT</t>
   </si>
   <si>
     <t>#70 Gus Goodman - LT</t>
   </si>
   <si>
     <t>#61 Joseph Taylor - LDE</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>PRI 20</t>
   </si>
   <si>
     <t>1-10-PRI 20 (13:30) 7-Gary Villicana pass Pass knocked down by 59-Thomas Layne. incomplete, intended for 86-Jimmy Teague.</t>
   </si>
   <si>
     <t>#7 Gary Villicana - QB</t>
   </si>
   <si>
     <t>#12 Thomas Marrero - WR</t>
   </si>
   <si>
     <t>#86 Jimmy Teague - WR</t>
   </si>
   <si>
-    <t>#45 Henry Casey - WR</t>
+    <t>#14 Henry Casey - WR</t>
   </si>
   <si>
     <t>#17 Jason Quinones - WR</t>
   </si>
   <si>
     <t>#62 Charles Ivey - LT</t>
   </si>
   <si>
     <t>#54 Stanley Anderson - LG</t>
   </si>
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
   <si>
     <t>#63 Charles Hamilton - RG</t>
   </si>
   <si>
     <t>#58 Steven Hyland - RT</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#93 Clifford Kipp - DT</t>
   </si>