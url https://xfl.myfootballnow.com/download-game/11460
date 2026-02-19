--- v2 (2025-12-08)
+++ v3 (2026-02-19)
@@ -335,51 +335,51 @@
   <si>
     <t>#23 Robert Phillips - CB</t>
   </si>
   <si>
     <t>#1 Cory Pate - K</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 25 (15:00) 15-Gary Fielding pass Pass knocked down by 93-Eugene Fish. incomplete, intended for 85-Stanley Post.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#75 John Rousseau - C</t>
   </si>
   <si>
     <t>#79 William Campbell - C</t>
   </si>
   <si>
     <t>#58 Arthur Taylor - LG</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>#1 Frank Dardar - WR</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>CIN 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-CIN 33 (13:37) 5-Clay Comfort punts 47 yards to PRI 20. Fair Catch by 87-Richard Hoffmann.</t>
   </si>
   <si>
     <t>#5 Clay Comfort - P</t>
   </si>
   <si>
     <t>#57 Leon Smith - C</t>
   </si>
   <si>
-    <t>#81 Richard Hoffmann - WR</t>
+    <t>#81 Richard Hoffmann - LG</t>
   </si>
   <si>
     <t>#38 Richard Nguyen - CB</t>
   </si>
   <si>
     <t>#50 Cedric Dahlke - LT</t>
   </si>
   <si>
     <t>#70 Gus Goodman - LT</t>
   </si>
   <si>
     <t>#61 Joseph Taylor - LDE</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>PRI 20</t>
   </si>
   <si>
     <t>1-10-PRI 20 (13:30) 7-Gary Villicana pass Pass knocked down by 59-Thomas Layne. incomplete, intended for 86-Jimmy Teague.</t>
   </si>
   <si>
     <t>#7 Gary Villicana - QB</t>
   </si>
@@ -896,51 +896,51 @@
   <si>
     <t>2-4-PRI 48 (2:25) 15-Gary Fielding pass complete to 10-Julio Hamilton to PRI 43 for 5 yards.</t>
   </si>
   <si>
     <t>1:43</t>
   </si>
   <si>
     <t>PRI 43</t>
   </si>
   <si>
     <t>1-10-PRI 43 (1:42) 15-Gary Fielding pass Pass knocked down by 43-Felix Hunt. incomplete, intended for 1-Frank Dardar.</t>
   </si>
   <si>
     <t>1:38</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-10-PRI 43 (1:39) 29-Floyd Noble ran to PRI 37 for 6 yards. Tackle by 43-Felix Hunt. PENALTY - Holding (CIN 79-William Campbell)</t>
   </si>
   <si>
     <t>#16 Rolando Carter - WR</t>
   </si>
   <si>
-    <t>#14 Larry Shafer - WR</t>
+    <t>#17 Larry Shafer - WR</t>
   </si>
   <si>
     <t>1:36</t>
   </si>
   <si>
     <t>CIN 49</t>
   </si>
   <si>
     <t>2-17-CIN 49 (1:37) 29-Floyd Noble ran to PRI 45 for 6 yards. Tackle by 98-Jimmie Hunter. PENALTY - Unnecessary Roughness (PRI 98-Jimmie Hunter)</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
     <t>1-10-PRI 30 (1:35) 15-Gary Fielding pass Pass knocked down by 92-Jack Coleman. incomplete, intended for 10-Julio Hamilton.</t>
   </si>
   <si>
     <t>1:30</t>
   </si>
   <si>
     <t>2-10-PRI 30 (1:31) 29-Floyd Noble ran to PRI 26 for 4 yards. Tackle by 92-Jack Coleman. PENALTY - Offsides (PRI 56-Chris Staples)</t>
   </si>
   <si>
     <t>1:28</t>
   </si>