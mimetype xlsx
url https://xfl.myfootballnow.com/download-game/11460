--- v3 (2026-02-19)
+++ v4 (2026-03-31)
@@ -380,51 +380,51 @@
   <si>
     <t>#58 Arthur Taylor - LG</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
     <t>#77 Chris Savage - DT</t>
   </si>
   <si>
     <t>#56 Chris Staples - DT</t>
   </si>
   <si>
     <t>#91 Chadwick Turner - RDE</t>
   </si>
   <si>
     <t>#34 Jack Coleman - CB</t>
   </si>
   <si>
     <t>#45 John Culp - CB</t>
   </si>
   <si>
-    <t>#35 Jessie Caldwell - FS</t>
+    <t>#35 Jessie Caldwell - LDE</t>
   </si>
   <si>
     <t>#21 Eugene Fish - CB</t>
   </si>
   <si>
     <t>#27 Stewart Byrne - CB</t>
   </si>
   <si>
     <t>#98 Jimmie Hunter - CB</t>
   </si>
   <si>
     <t>#97 Pablo Mallory - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-CIN 25 (14:57) 10-Julio Hamilton ran to CIN 32 for 7 yards. Tackle by 20-John Blaker. CIN 10-Julio Hamilton was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>#70 Gus Goodman - LT</t>
   </si>
   <si>
     <t>#61 Joseph Taylor - LDE</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>PRI 20</t>
   </si>
   <si>
     <t>1-10-PRI 20 (13:30) 7-Gary Villicana pass Pass knocked down by 59-Thomas Layne. incomplete, intended for 86-Jimmy Teague.</t>
   </si>
   <si>
     <t>#7 Gary Villicana - QB</t>
   </si>
   <si>
     <t>#12 Thomas Marrero - WR</t>
   </si>
   <si>
     <t>#86 Jimmy Teague - WR</t>
   </si>
   <si>
-    <t>#14 Henry Casey - WR</t>
+    <t>#14 Henry Casey - C</t>
   </si>
   <si>
     <t>#17 Jason Quinones - WR</t>
   </si>
   <si>
     <t>#62 Charles Ivey - LT</t>
   </si>
   <si>
     <t>#54 Stanley Anderson - LG</t>
   </si>
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
   <si>
     <t>#63 Charles Hamilton - RG</t>
   </si>
   <si>
     <t>#58 Steven Hyland - RT</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#93 Clifford Kipp - DT</t>
   </si>
@@ -896,51 +896,51 @@
   <si>
     <t>2-4-PRI 48 (2:25) 15-Gary Fielding pass complete to 10-Julio Hamilton to PRI 43 for 5 yards.</t>
   </si>
   <si>
     <t>1:43</t>
   </si>
   <si>
     <t>PRI 43</t>
   </si>
   <si>
     <t>1-10-PRI 43 (1:42) 15-Gary Fielding pass Pass knocked down by 43-Felix Hunt. incomplete, intended for 1-Frank Dardar.</t>
   </si>
   <si>
     <t>1:38</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-10-PRI 43 (1:39) 29-Floyd Noble ran to PRI 37 for 6 yards. Tackle by 43-Felix Hunt. PENALTY - Holding (CIN 79-William Campbell)</t>
   </si>
   <si>
     <t>#16 Rolando Carter - WR</t>
   </si>
   <si>
-    <t>#17 Larry Shafer - WR</t>
+    <t>#17 Larry Shafer - C</t>
   </si>
   <si>
     <t>1:36</t>
   </si>
   <si>
     <t>CIN 49</t>
   </si>
   <si>
     <t>2-17-CIN 49 (1:37) 29-Floyd Noble ran to PRI 45 for 6 yards. Tackle by 98-Jimmie Hunter. PENALTY - Unnecessary Roughness (PRI 98-Jimmie Hunter)</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
     <t>1-10-PRI 30 (1:35) 15-Gary Fielding pass Pass knocked down by 92-Jack Coleman. incomplete, intended for 10-Julio Hamilton.</t>
   </si>
   <si>
     <t>1:30</t>
   </si>
   <si>
     <t>2-10-PRI 30 (1:31) 29-Floyd Noble ran to PRI 26 for 4 yards. Tackle by 92-Jack Coleman. PENALTY - Offsides (PRI 56-Chris Staples)</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
@@ -2229,59 +2229,59 @@
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>