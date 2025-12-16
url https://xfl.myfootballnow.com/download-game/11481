--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -281,159 +281,159 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DAY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BRO</t>
   </si>
   <si>
     <t>BRO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Richard Sanders kicks 74 yards from BRO 35 to DAY -9. Touchback.</t>
   </si>
   <si>
-    <t>#82 Octavio Dorazio - TE</t>
+    <t>#82 Octavio Dorazio - WR</t>
   </si>
   <si>
     <t>#68 Robert Shearer - RDE</t>
   </si>
   <si>
     <t>#71 Maxwell Miller - LDE</t>
   </si>
   <si>
-    <t>#41 John Branch - WLB</t>
+    <t>#41 John Branch - RDE</t>
   </si>
   <si>
     <t>#97 Steven Oliver - RDE</t>
   </si>
   <si>
     <t>#53 Donn Warren - RDE</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
   <si>
-    <t>#99 David Hartzler - WLB</t>
+    <t>#99 David Hartzler - FS</t>
   </si>
   <si>
     <t>#66 Nathan Cathcart - RDE</t>
   </si>
   <si>
     <t>#22 Michael Richards - CB</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
     <t>#10 Richard Sanders - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 19-Phillip Mandell ran to DAY 30 for 5 yards. Tackle by 56-James Felipe.</t>
   </si>
   <si>
     <t>#8 Terry Meyer - QB</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - TE</t>
-[...2 lines deleted...]
-    <t>#59 Randy Ruggles - FB</t>
+    <t>#19 Phillip Mandell - WR</t>
+  </si>
+  <si>
+    <t>#80 Randy Ruggles - TE</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#83 Adam Hogan - C</t>
   </si>
   <si>
-    <t>#87 Enrique Pierce - WR</t>
+    <t>#87 Enrique Pierce - C</t>
   </si>
   <si>
     <t>#53 Orlando Constantine - C</t>
   </si>
   <si>
     <t>#50 Dallas Johnson - C</t>
   </si>
   <si>
     <t>#51 Dennis Dorn - C</t>
   </si>
   <si>
     <t>#76 Daniel Sotelo - RG</t>
   </si>
   <si>
     <t>#75 Andre Maker - LG</t>
   </si>
   <si>
     <t>#93 Jinky Elliot - RDE</t>
   </si>
   <si>
     <t>#61 Atticus Finch - DT</t>
   </si>
   <si>
     <t>#92 Bubba Reynolds - LDE</t>
   </si>
   <si>
     <t>#90 Justin Voegele - LDE</t>
   </si>
   <si>
     <t>#32 Boo Radley - CB</t>
   </si>
   <si>
-    <t>#94 James Felipe - WLB</t>
+    <t>#98 James Felipe - WLB</t>
   </si>
   <si>
     <t>#55 Beaver Cleaver - WLB</t>
   </si>
   <si>
     <t>#29 Orville Wells - CB</t>
   </si>
   <si>
-    <t>#21 Robert Carter - CB</t>
+    <t>#28 Robert Carter - CB</t>
   </si>
   <si>
     <t>#49 Michael Franco - FS</t>
   </si>
   <si>
     <t>#23 Joseph Carpenter - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>DAY 30</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-5-DAY 30 (14:18) 19-Phillip Mandell ran to DAY 29 for a short loss. Tackle by 55-Beaver Cleaver.</t>
   </si>
   <si>
     <t>#87 Michael Gholson - WR</t>
   </si>
@@ -494,192 +494,192 @@
   <si>
     <t>#60 Marvin Roberts - LG</t>
   </si>
   <si>
     <t>#39 Marcus Rodriguez - CB</t>
   </si>
   <si>
     <t>#75 John Beck - LDE</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>BRO 14</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-BRO 14 (12:52) 28-Scooter Kavanaugh ran to BRO 14 for a short loss. Tackle by 73-Rene Johnson.</t>
   </si>
   <si>
-    <t>#4 Quanah Parker - QB</t>
+    <t>#18 Quanah Parker - QB</t>
   </si>
   <si>
     <t>#86 Scooter Kavanaugh - WR</t>
   </si>
   <si>
     <t>#13 JT Cahanin - RB</t>
   </si>
   <si>
     <t>#83 Popcorn Sutton - WR</t>
   </si>
   <si>
     <t>#26 David Saylor - WR</t>
   </si>
   <si>
     <t>#56 Salvatore Smith - RT</t>
   </si>
   <si>
     <t>#59 James Gray - C</t>
   </si>
   <si>
-    <t>#72 Alexander Gonzalez - RT</t>
+    <t>#58 Alexander Gonzalez - RG</t>
   </si>
   <si>
     <t>#70 Alan Johnson - RT</t>
   </si>
   <si>
     <t>#77 Donald Henderson - DT</t>
   </si>
   <si>
     <t>#66 Hector Carlisle - DT</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
     <t>#34 William Ventura - CB</t>
   </si>
   <si>
     <t>#25 Carl Parramore - CB</t>
   </si>
   <si>
-    <t>#28 Donald Michael - WLB</t>
+    <t>#28 Donald Michael - RDE</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-BRO 14 (12:12) 9-Quanah Parker pass complete to 26-David Saylor to BRO 48 for 33 yards. Tackle by 25-Carl Parramore.</t>
   </si>
   <si>
-    <t>#25 Dewey Cash - CB</t>
+    <t>#33 Dewey Cash - CB</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>BRO 48</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-BRO 48 (11:27) 19-Heriberto Banks ran to BRO 50 for 2 yards. Tackle by 69-Maxwell Miller.</t>
   </si>
   <si>
     <t>#19 Heriberto Banks - WR</t>
   </si>
   <si>
     <t>#66 Donald Torres - RG</t>
   </si>
   <si>
     <t>#95 Joe Young - LDE</t>
   </si>
   <si>
     <t>#76 Michael Mann - RDE</t>
   </si>
   <si>
     <t>#53 Gary Kimzey - SLB</t>
   </si>
   <si>
-    <t>#76 John Williams - WLB</t>
+    <t>#76 John Williams - RDE</t>
   </si>
   <si>
     <t>#41 Woodrow Yeary - CB</t>
   </si>
   <si>
     <t>#38 Brandon Kinard - SS</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>BRO 50</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>2-8-BRO 50 (10:48) 9-Quanah Parker pass complete to 36-Butch Reed to BRO 49 for -1 yards. Tackle by 94-Donn Warren. 36-Butch Reed did some fancy footwork there.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>BRO 49</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-9-BRO 49 (10:02) 9-Quanah Parker sacked at BRO 41 for -8 yards (58-Donald Henderson). Sack allowed by 70-Alan Johnson.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>BRO 41</t>
   </si>
   <si>
     <t>4-17-BRO 41 (9:27) 7-Roland Stinson punts 43 yards to DAY 16. Fair Catch by 15-Octavio Dorazio.</t>
   </si>
   <si>
     <t>#7 Roland Stinson - P</t>
   </si>
   <si>
     <t>#69 Sammy Crow - RG</t>
   </si>
   <si>
-    <t>#70 Donald Maddox - C</t>
+    <t>#50 Donald Maddox - C</t>
   </si>
   <si>
     <t>#69 Earl Pacheco - RG</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>DAY 16</t>
   </si>
   <si>
     <t>1-10-DAY 16 (9:20) 19-Phillip Mandell ran to DAY 19 for 3 yards. Tackle by 61-Atticus Finch.</t>
   </si>
   <si>
     <t>#31 Virgil Kaine - CB</t>
   </si>
   <si>
     <t>#41 Carmen Lyons - CB</t>
   </si>
   <si>
     <t>#24 Curtis Byars - SS</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
@@ -716,51 +716,51 @@
   <si>
     <t>1-10-DAY 29 (7:18) 8-Terry Meyer sacked at DAY 22 for -8 yards (90-Justin Voegele). Sack allowed by 60-Orlando Constantine.</t>
   </si>
   <si>
     <t>#81 Travis Benoit - RB</t>
   </si>
   <si>
     <t>6:43</t>
   </si>
   <si>
     <t>2-18-DAY 22 (6:42) 8-Terry Meyer pass complete to 81-Travis Benoit to DAY 23 for 1 yards. Tackle by 49-Michael Franco.</t>
   </si>
   <si>
     <t>6:06</t>
   </si>
   <si>
     <t>DAY 23</t>
   </si>
   <si>
     <t>3-17-DAY 23 (6:05) 15-Octavio Dorazio ran to DAY 21 for -1 yards. Tackle by 55-Beaver Cleaver.</t>
   </si>
   <si>
     <t>#12 Roland Compton - WR</t>
   </si>
   <si>
-    <t>#39 Sean Kolb - FB</t>
+    <t>#39 Sean Kolb - RB</t>
   </si>
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>DAY 21</t>
   </si>
   <si>
     <t>4-18-DAY 21 (5:21) 5-George Brown punts 51 yards to BRO 28. Fair Catch by 6-Rome Cross.</t>
   </si>
   <si>
     <t>5:13</t>
   </si>
   <si>
     <t>BRO 28</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-BRO 28 (5:14) 9-Quanah Parker pass complete to 28-Scooter Kavanaugh to BRO 36 for 8 yards. Tackle by 25-Carl Parramore. 28-Scooter Kavanaugh did some fancy footwork there.</t>
   </si>
@@ -869,66 +869,66 @@
   <si>
     <t>2-7-DAY 47 (15:00) 81-Travis Benoit ran to BRO 50 for 4 yards. Tackle by 55-Beaver Cleaver.</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-4-BRO 50 (14:16) 8-Terry Meyer pass complete to 2-Enrique Pierce to BRO 30 for 20 yards. Tackle by 20-Orville Wells.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>BRO 30</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>1-10-BRO 30 (13:31) 8-Terry Meyer pass complete to 81-Travis Benoit to BRO 29 for 1 yards. Tackle by 41-Carmen Lyons.</t>
   </si>
   <si>
-    <t>#77 John Hardin - C</t>
+    <t>#59 John Hardin - C</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>BRO 29</t>
   </si>
   <si>
     <t>2-9-BRO 29 (12:53) 8-Terry Meyer sacked at BRO 33 for -4 yards (72-Stanley Birdwell). Sack allowed by 32-Andre Maker. 32-Andre Maker completely missed his blocking assignment. PENALTY - Holding (DAY 50-Dallas Johnson)</t>
   </si>
   <si>
     <t>#89 Frankie Bales - RB</t>
   </si>
   <si>
-    <t>#95 Stanley Birdwell - DT</t>
+    <t>#64 Stanley Birdwell - DT</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>BRO 39</t>
   </si>
   <si>
     <t>2-19-BRO 39 (12:50) 11-Larry Scruggs pass Pass knocked down by 24-Curtis Byars. incomplete, intended for 83-Adam Hogan.</t>
   </si>
   <si>
     <t>#11 Larry Scruggs - QB</t>
   </si>
   <si>
     <t>#59 Ramon Simpson - LDE</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>3-19-BRO 39 (12:47) 8-Terry Meyer pass incomplete, dropped by 83-Adam Hogan.</t>
   </si>
@@ -1022,51 +1022,51 @@
   <si>
     <t>#69 Michael Garcia - WLB</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>BRO 26</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-9-BRO 26 (11:09) 9-Quanah Parker pass complete to 40-Bull Ramos to BRO 26 for a short loss. Tackle by 94-Donn Warren.</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>3-9-BRO 26 (10:32) 9-Quanah Parker pass complete to 28-Scooter Kavanaugh to BRO 40 for 13 yards. Tackle by 34-William Ventura. PENALTY - Holding (BRO 59-James Gray)</t>
   </si>
   <si>
-    <t>#56 Vincent Watson - CB</t>
+    <t>#29 Vincent Watson - CB</t>
   </si>
   <si>
     <t>10:26</t>
   </si>
   <si>
     <t>BRO 16</t>
   </si>
   <si>
     <t>3-19-BRO 16 (10:27) 9-Quanah Parker pass complete to 19-Heriberto Banks to BRO 33 for 17 yards. Tackle by 28-Donald Michael.</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>BRO 33</t>
   </si>
   <si>
     <t>4-2-BRO 33 (9:42) 7-Roland Stinson punts 46 yards to DAY 21. Fair Catch by 15-Octavio Dorazio.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>1-10-DAY 21 (9:35) 8-Terry Meyer pass complete to 19-Phillip Mandell to DAY 36 for 15 yards. Tackle by 24-Curtis Byars. Nice job by 19-Phillip Mandell on that route to lose his coverage. 41-Carmen Lyons got away with a hold on that play. BRO 90-Justin Voegele was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1445,51 +1445,51 @@
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>DAY 41</t>
   </si>
   <si>
     <t>Singleback Slot Strong Post Curls</t>
   </si>
   <si>
     <t>2-12-DAY 41 (8:01) 8-Terry Meyer pass complete to 2-Enrique Pierce to DAY 46 for 5 yards. Tackle by 99-Levi Galloway. 2-Enrique Pierce did some fancy footwork there. BRO 47-Brian Mendez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:21</t>
   </si>
   <si>
     <t>DAY 46</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-7-DAY 46 (7:20) 8-Terry Meyer pass Pass knocked down by 24-Curtis Byars. incomplete, intended for 13-Roland Compton. PENALTY - Offensive Pass Interference (DAY 13-Roland Compton)</t>
   </si>
   <si>
-    <t>#59 Micheal Donalson - WLB</t>
+    <t>#59 Micheal Donalson - RDE</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>3-17-DAY 36 (7:17) 11-Larry Scruggs pass Pass knocked down by 51-Marcus Rodriguez. incomplete, intended for 13-Roland Compton.</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>4-17-DAY 36 (7:14) 5-George Brown punts 64 yards to BRO 0.4-17-DAY 36 (7:14) 5-George Brown punts 64 yards to BRO 0. Touchback.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>1-10-BRO 20 (7:05) 17-John Shaver pass complete to 19-Heriberto Banks to BRO 24 for 4 yards. Tackle by 34-William Ventura.</t>
   </si>
   <si>
     <t>6:22</t>
   </si>