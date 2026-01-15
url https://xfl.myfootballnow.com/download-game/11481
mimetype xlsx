--- v1 (2025-12-16)
+++ v2 (2026-01-15)
@@ -290,108 +290,108 @@
   <si>
     <t>BRO</t>
   </si>
   <si>
     <t>BRO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Richard Sanders kicks 74 yards from BRO 35 to DAY -9. Touchback.</t>
   </si>
   <si>
     <t>#82 Octavio Dorazio - WR</t>
   </si>
   <si>
     <t>#68 Robert Shearer - RDE</t>
   </si>
   <si>
     <t>#71 Maxwell Miller - LDE</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#97 Steven Oliver - RDE</t>
   </si>
   <si>
     <t>#53 Donn Warren - RDE</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
   <si>
     <t>#99 David Hartzler - FS</t>
   </si>
   <si>
     <t>#66 Nathan Cathcart - RDE</t>
   </si>
   <si>
     <t>#22 Michael Richards - CB</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
-    <t>#10 Richard Sanders - K</t>
+    <t>#19 Richard Sanders - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 19-Phillip Mandell ran to DAY 30 for 5 yards. Tackle by 56-James Felipe.</t>
   </si>
   <si>
     <t>#8 Terry Meyer - QB</t>
   </si>
   <si>
     <t>#19 Phillip Mandell - WR</t>
   </si>
   <si>
     <t>#80 Randy Ruggles - TE</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#83 Adam Hogan - C</t>
   </si>
   <si>
-    <t>#87 Enrique Pierce - C</t>
+    <t>#87 Enrique Pierce - WR</t>
   </si>
   <si>
     <t>#53 Orlando Constantine - C</t>
   </si>
   <si>
     <t>#50 Dallas Johnson - C</t>
   </si>
   <si>
     <t>#51 Dennis Dorn - C</t>
   </si>
   <si>
     <t>#76 Daniel Sotelo - RG</t>
   </si>
   <si>
     <t>#75 Andre Maker - LG</t>
   </si>
   <si>
     <t>#93 Jinky Elliot - RDE</t>
   </si>
   <si>
     <t>#61 Atticus Finch - DT</t>
   </si>
   <si>
     <t>#92 Bubba Reynolds - LDE</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>#28 Robert Carter - CB</t>
   </si>
   <si>
     <t>#49 Michael Franco - FS</t>
   </si>
   <si>
     <t>#23 Joseph Carpenter - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>DAY 30</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-5-DAY 30 (14:18) 19-Phillip Mandell ran to DAY 29 for a short loss. Tackle by 55-Beaver Cleaver.</t>
   </si>
   <si>
-    <t>#87 Michael Gholson - WR</t>
+    <t>#13 Michael Gholson - WR</t>
   </si>
   <si>
     <t>#10 Larry Crook - WR</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>DAY 29</t>
   </si>
   <si>
     <t>Strong I Big HB Toss Weak</t>
   </si>
   <si>
     <t>3-6-DAY 29 (13:38) 19-Phillip Mandell ran to DAY 34 for 4 yards. Tackle by 32-Boo Radley.</t>
   </si>
   <si>
     <t>#80 Darren Burnett - WR</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>DAY 34</t>
   </si>
@@ -536,51 +536,51 @@
   <si>
     <t>#59 James Gray - C</t>
   </si>
   <si>
     <t>#58 Alexander Gonzalez - RG</t>
   </si>
   <si>
     <t>#70 Alan Johnson - RT</t>
   </si>
   <si>
     <t>#77 Donald Henderson - DT</t>
   </si>
   <si>
     <t>#66 Hector Carlisle - DT</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
     <t>#34 William Ventura - CB</t>
   </si>
   <si>
     <t>#25 Carl Parramore - CB</t>
   </si>
   <si>
-    <t>#28 Donald Michael - RDE</t>
+    <t>#28 Donald Michael - CB</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-BRO 14 (12:12) 9-Quanah Parker pass complete to 26-David Saylor to BRO 48 for 33 yards. Tackle by 25-Carl Parramore.</t>
   </si>
   <si>
     <t>#33 Dewey Cash - CB</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>BRO 48</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -1307,51 +1307,51 @@
   <si>
     <t>0:06</t>
   </si>
   <si>
     <t>2-18-DAY 23 (0:05) 10-Richard Sanders 41 yard field goal is GOOD. BRO 10 DAY 7</t>
   </si>
   <si>
     <t>(0:01) 10-Richard Sanders kicks 74 yards from BRO 35 to DAY -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-DAY 25 (0:01) 19-Phillip Mandell ran to DAY 30 for 5 yards. Tackle by 23-Joseph Carpenter.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 10-Lawrence Jones kicks 75 yards from DAY 35 to BRO -10. Touchback.</t>
   </si>
   <si>
     <t>#47 Brian Mendez - CB</t>
   </si>
   <si>
-    <t>#90 Patrick Wallace - CB</t>
+    <t>#25 Patrick Wallace - CB</t>
   </si>
   <si>
     <t>1-10-BRO 25 (15:00) 19-Heriberto Banks ran to BRO 30 for 5 yards. 19-Heriberto Banks FUMBLES (53-Gary Kimzey) recovered by BRO-19-Heriberto Banks at BRO 33. Tackle by 53-Gary Kimzey.</t>
   </si>
   <si>
     <t>#6 John Shaver - QB</t>
   </si>
   <si>
     <t>#62 Jon Hill - RG</t>
   </si>
   <si>
     <t>#75 Freddie King - LG</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-2-BRO 33 (14:23) 6-Rome Cross ran to BRO 36 for 2 yards. Tackle by 90-Michael Richards.</t>
   </si>
   <si>
     <t>#66 Eli  Sixkiller - LG</t>
   </si>