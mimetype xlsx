--- v2 (2026-01-15)
+++ v3 (2026-03-17)
@@ -455,90 +455,90 @@
   <si>
     <t>#80 Darren Burnett - WR</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>DAY 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-DAY 34 (12:59) 5-George Brown punts 52 yards to BRO 14.</t>
   </si>
   <si>
     <t>#5 George Brown - P</t>
   </si>
   <si>
     <t>#6 Rome Cross - WR</t>
   </si>
   <si>
-    <t>#36 Butch Reed - RB</t>
+    <t>#30 Butch Reed - RB</t>
   </si>
   <si>
     <t>#72 Barrett Remer - C</t>
   </si>
   <si>
     <t>#40 Bull Ramos - FB</t>
   </si>
   <si>
-    <t>#88 Richard Bishop - WR</t>
+    <t>#88 Richard Bishop - C</t>
   </si>
   <si>
     <t>#48 Lefty Wright - CB</t>
   </si>
   <si>
     <t>#60 Marvin Roberts - LG</t>
   </si>
   <si>
     <t>#39 Marcus Rodriguez - CB</t>
   </si>
   <si>
     <t>#75 John Beck - LDE</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>BRO 14</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-BRO 14 (12:52) 28-Scooter Kavanaugh ran to BRO 14 for a short loss. Tackle by 73-Rene Johnson.</t>
   </si>
   <si>
-    <t>#18 Quanah Parker - QB</t>
+    <t>#12 Quanah Parker - QB</t>
   </si>
   <si>
     <t>#86 Scooter Kavanaugh - WR</t>
   </si>
   <si>
     <t>#13 JT Cahanin - RB</t>
   </si>
   <si>
     <t>#83 Popcorn Sutton - WR</t>
   </si>
   <si>
     <t>#26 David Saylor - WR</t>
   </si>
   <si>
     <t>#56 Salvatore Smith - RT</t>
   </si>
   <si>
     <t>#59 James Gray - C</t>
   </si>
   <si>
     <t>#58 Alexander Gonzalez - RG</t>
   </si>
   <si>
     <t>#70 Alan Johnson - RT</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>BRO 49</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-9-BRO 49 (10:02) 9-Quanah Parker sacked at BRO 41 for -8 yards (58-Donald Henderson). Sack allowed by 70-Alan Johnson.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>BRO 41</t>
   </si>
   <si>
     <t>4-17-BRO 41 (9:27) 7-Roland Stinson punts 43 yards to DAY 16. Fair Catch by 15-Octavio Dorazio.</t>
   </si>
   <si>
-    <t>#7 Roland Stinson - P</t>
+    <t>#18 Roland Stinson - P</t>
   </si>
   <si>
     <t>#69 Sammy Crow - RG</t>
   </si>
   <si>
     <t>#50 Donald Maddox - C</t>
   </si>
   <si>
     <t>#69 Earl Pacheco - RG</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>DAY 16</t>
   </si>
   <si>
     <t>1-10-DAY 16 (9:20) 19-Phillip Mandell ran to DAY 19 for 3 yards. Tackle by 61-Atticus Finch.</t>
   </si>
   <si>
     <t>#31 Virgil Kaine - CB</t>
   </si>
   <si>
     <t>#41 Carmen Lyons - CB</t>
   </si>
@@ -2256,69 +2256,69 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="386.906" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>