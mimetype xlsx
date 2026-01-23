--- v0 (2025-12-24)
+++ v1 (2026-01-23)
@@ -287,51 +287,51 @@
   <si>
     <t>GCG has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>PRI</t>
   </si>
   <si>
     <t>PRI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Cory Pate kicks 76 yards from PRI 35 to GCG -11. Touchback.</t>
   </si>
   <si>
     <t>#41 Ichabod Crane - RB</t>
   </si>
   <si>
     <t>#33 John Rambo - CB</t>
   </si>
   <si>
-    <t>#42 Liam McStrong - SS</t>
+    <t>#42 Liam McStrong - LDE</t>
   </si>
   <si>
     <t>#49 Edwin C. Moses - FS</t>
   </si>
   <si>
     <t>#37 Manuel Harris - FS</t>
   </si>
   <si>
     <t>#53 Jim Thorpe - MLB</t>
   </si>
   <si>
     <t>#55 Kyle Gast - WLB</t>
   </si>
   <si>
     <t>#48 Seamus McSpeedy - SLB</t>
   </si>
   <si>
     <t>#52 Rob  Pilatus - SLB</t>
   </si>
   <si>
     <t>#34 Lewis Sullivan - CB</t>
   </si>
   <si>
     <t>#43 Ralphie Parker - FS</t>
   </si>
@@ -350,78 +350,78 @@
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-GCG 25 (15:00) 88-Captain Morgan  ran to GCG 28 for 3 yards. Tackle by 90-Jessie Caldwell.</t>
   </si>
   <si>
     <t>#16 Robbie Heath - QB</t>
   </si>
   <si>
     <t>#33 Captain Morgan  - RB</t>
   </si>
   <si>
     <t>#89 Private Ryan  - TE</t>
   </si>
   <si>
     <t>#81 Lauren Reid - TE</t>
   </si>
   <si>
     <t>#85 John Long - WR</t>
   </si>
   <si>
     <t>#89 Fab  Morvan  - WR</t>
   </si>
   <si>
-    <t>#51 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>#78 Logan Vogt - LG</t>
   </si>
   <si>
     <t>#54 Mark Spitz - C</t>
   </si>
   <si>
     <t>#61 Willie Birdsong - RG</t>
   </si>
   <si>
     <t>#73 Sylvester Stallone - LG</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
     <t>#97 Nathan Sellers - DT</t>
   </si>
   <si>
     <t>#71 Robert Sylvia - DT</t>
   </si>
   <si>
     <t>#91 Chadwick Turner - RDE</t>
   </si>
   <si>
-    <t>#35 Jessie Caldwell - FS</t>
+    <t>#35 Jessie Caldwell - LDE</t>
   </si>
   <si>
     <t>#45 John Culp - CB</t>
   </si>
   <si>
     <t>#48 Lawrence Eldridge - CB</t>
   </si>
   <si>
     <t>#43 Felix Hunt - CB</t>
   </si>
   <si>
     <t>#98 Jimmie Hunter - CB</t>
   </si>
   <si>
     <t>#97 Pablo Mallory - CB</t>
   </si>
   <si>
     <t>#34 Jack Coleman - CB</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>GCG 28</t>
   </si>
@@ -443,51 +443,51 @@
   <si>
     <t>GCG 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-GCG 34 (14:20) 86-Jimmy Teague ran to GCG 33 for 1 yards. Tackle by 94-Rob  Pilatus.</t>
   </si>
   <si>
     <t>#7 Gary Villicana - QB</t>
   </si>
   <si>
     <t>#85 John Holm - TE</t>
   </si>
   <si>
     <t>#86 Jimmy Teague - WR</t>
   </si>
   <si>
     <t>#13 Bennie Kelley - WR</t>
   </si>
   <si>
-    <t>#81 Richard Hoffmann - WR</t>
+    <t>#81 Richard Hoffmann - LG</t>
   </si>
   <si>
     <t>#19 Billy Ford - WR</t>
   </si>
   <si>
     <t>#57 George Jones - LT</t>
   </si>
   <si>
     <t>#54 Stanley Anderson - LG</t>
   </si>
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
   <si>
     <t>#61 Bryon Poirier - RG</t>
   </si>
   <si>
     <t>#58 Steven Hyland - RT</t>
   </si>
   <si>
     <t>#68 Melvin Babineau - LDE</t>
   </si>
   <si>
     <t>#98 Martin Guillory - DT</t>
   </si>
@@ -2372,67 +2372,67 @@
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>