--- v1 (2026-01-23)
+++ v2 (2026-03-25)
@@ -287,141 +287,141 @@
   <si>
     <t>GCG has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>PRI</t>
   </si>
   <si>
     <t>PRI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Cory Pate kicks 76 yards from PRI 35 to GCG -11. Touchback.</t>
   </si>
   <si>
     <t>#41 Ichabod Crane - RB</t>
   </si>
   <si>
     <t>#33 John Rambo - CB</t>
   </si>
   <si>
-    <t>#42 Liam McStrong - LDE</t>
+    <t>#42 Liam McStrong - WLB</t>
   </si>
   <si>
     <t>#49 Edwin C. Moses - FS</t>
   </si>
   <si>
     <t>#37 Manuel Harris - FS</t>
   </si>
   <si>
     <t>#53 Jim Thorpe - MLB</t>
   </si>
   <si>
     <t>#55 Kyle Gast - WLB</t>
   </si>
   <si>
     <t>#48 Seamus McSpeedy - SLB</t>
   </si>
   <si>
     <t>#52 Rob  Pilatus - SLB</t>
   </si>
   <si>
     <t>#34 Lewis Sullivan - CB</t>
   </si>
   <si>
     <t>#43 Ralphie Parker - FS</t>
   </si>
   <si>
     <t>#1 Cory Pate - K</t>
   </si>
   <si>
     <t>GCG</t>
   </si>
   <si>
     <t>GCG 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-GCG 25 (15:00) 88-Captain Morgan  ran to GCG 28 for 3 yards. Tackle by 90-Jessie Caldwell.</t>
   </si>
   <si>
     <t>#16 Robbie Heath - QB</t>
   </si>
   <si>
-    <t>#33 Captain Morgan  - RB</t>
+    <t>#41 Captain Morgan  - RB</t>
   </si>
   <si>
     <t>#89 Private Ryan  - TE</t>
   </si>
   <si>
     <t>#81 Lauren Reid - TE</t>
   </si>
   <si>
     <t>#85 John Long - WR</t>
   </si>
   <si>
     <t>#89 Fab  Morvan  - WR</t>
   </si>
   <si>
     <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>#78 Logan Vogt - LG</t>
   </si>
   <si>
     <t>#54 Mark Spitz - C</t>
   </si>
   <si>
     <t>#61 Willie Birdsong - RG</t>
   </si>
   <si>
-    <t>#73 Sylvester Stallone - LG</t>
+    <t>#57 Sylvester Stallone - LG</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
     <t>#97 Nathan Sellers - DT</t>
   </si>
   <si>
     <t>#71 Robert Sylvia - DT</t>
   </si>
   <si>
     <t>#91 Chadwick Turner - RDE</t>
   </si>
   <si>
-    <t>#35 Jessie Caldwell - LDE</t>
+    <t>#35 Jessie Caldwell - FS</t>
   </si>
   <si>
     <t>#45 John Culp - CB</t>
   </si>
   <si>
     <t>#48 Lawrence Eldridge - CB</t>
   </si>
   <si>
     <t>#43 Felix Hunt - CB</t>
   </si>
   <si>
     <t>#98 Jimmie Hunter - CB</t>
   </si>
   <si>
     <t>#97 Pablo Mallory - CB</t>
   </si>
   <si>
     <t>#34 Jack Coleman - CB</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>GCG 28</t>
   </si>
@@ -785,51 +785,51 @@
   <si>
     <t>#69 Armando Schumacher - RDE</t>
   </si>
   <si>
     <t>GCG 35</t>
   </si>
   <si>
     <t>(6:43) 14-Scooby Snacks kicks 75 yards from GCG 35 to PRI -10. Touchback.</t>
   </si>
   <si>
     <t>PRI 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-PRI 25 (6:43) 85-John Holm ran to PRI 32 for 7 yards. Tackle by 39-Liam McStrong.</t>
   </si>
   <si>
     <t>#37 Dwight Manfredi - MLB</t>
   </si>
   <si>
-    <t>#47 Yukon Cornelius - CB</t>
+    <t>#47 Yukon Cornelius - SS</t>
   </si>
   <si>
     <t>6:03</t>
   </si>
   <si>
     <t>PRI 32</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-3-PRI 32 (6:02) 7-Gary Villicana sacked at PRI 30 for -2 yards (68-Melvin Babineau). Sack allowed by 86-Jimmy Teague.</t>
   </si>
   <si>
     <t>5:18</t>
   </si>
   <si>
     <t>PRI 30</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
@@ -2375,51 +2375,51 @@
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>