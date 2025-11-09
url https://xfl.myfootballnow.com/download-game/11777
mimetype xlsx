--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -488,51 +488,51 @@
   <si>
     <t>#45 Charles Verdugo - CB</t>
   </si>
   <si>
     <t>#21 John Ashley - CB</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-CIN 25 (12:59) 15-Gary Fielding pass incomplete, intended for 10-Julio Hamilton.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - RB</t>
+    <t>#10 Julio Hamilton - C</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#51 Andy Okeefe - RT</t>
   </si>
   <si>
     <t>#79 William Campbell - C</t>
   </si>
   <si>
     <t>#69 Juan Jimenez - RG</t>
   </si>
   <si>
     <t>#67 Benjamin Marciniak - RT</t>
   </si>