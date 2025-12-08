--- v1 (2025-11-09)
+++ v2 (2025-12-08)
@@ -287,51 +287,51 @@
   <si>
     <t>CIN has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Hal Rogers kicks 75 yards from CIN 35 to GCG -10. Touchback.</t>
   </si>
   <si>
     <t>#41 Ichabod Crane - RB</t>
   </si>
   <si>
     <t>#33 John Rambo - CB</t>
   </si>
   <si>
-    <t>#39 Liam McStrong - SS</t>
+    <t>#42 Liam McStrong - SS</t>
   </si>
   <si>
     <t>#49 Edwin C. Moses - FS</t>
   </si>
   <si>
     <t>#37 Manuel Harris - FS</t>
   </si>
   <si>
     <t>#53 Jim Thorpe - MLB</t>
   </si>
   <si>
     <t>#55 Kyle Gast - WLB</t>
   </si>
   <si>
     <t>#48 Seamus McSpeedy - SLB</t>
   </si>
   <si>
     <t>#52 Rob  Pilatus - SLB</t>
   </si>
   <si>
     <t>#34 Lewis Sullivan - CB</t>
   </si>
   <si>
     <t>#43 Ralphie Parker - FS</t>
   </si>
@@ -347,66 +347,66 @@
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-GCG 25 (15:00) 17-Santa Claus  ran to GCG 29 for 4 yards. Tackle by 48-Christopher Barcomb.</t>
   </si>
   <si>
     <t>#16 Robbie Heath - QB</t>
   </si>
   <si>
     <t>#17 Santa Claus  - WR</t>
   </si>
   <si>
     <t>#87 Paul Titus - WR</t>
   </si>
   <si>
     <t>#89 Fab  Morvan  - WR</t>
   </si>
   <si>
     <t>#11 Ronald Cooper - WR</t>
   </si>
   <si>
-    <t>#88 Captain Morgan  - WR</t>
-[...2 lines deleted...]
-    <t>#71 John Courtemanche - RT</t>
+    <t>#85 Captain Morgan  - WR</t>
+  </si>
+  <si>
+    <t>#51 John Courtemanche - RT</t>
   </si>
   <si>
     <t>#62 Jerome Summers - LG</t>
   </si>
   <si>
     <t>#54 Marty McFly - C</t>
   </si>
   <si>
     <t>#61 Willie Birdsong - RG</t>
   </si>
   <si>
-    <t>#73 Sylvester Stallone - LT</t>
+    <t>#73 Sylvester Stallone - LG</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#93 Clifford Kipp - DT</t>
   </si>
   <si>
     <t>#96 Caleb Borowski - DT</t>
   </si>
   <si>
     <t>#53 Harry Ulrich - RDE</t>
   </si>
   <si>
     <t>#31 David Shreve - CB</t>
   </si>
   <si>
     <t>#34 Eric Kimmel - CB</t>
   </si>
   <si>
     <t>#43 Christopher Barcomb - CB</t>
   </si>
   <si>
     <t>#39 Everett Saucedo - CB</t>
   </si>
@@ -425,51 +425,51 @@
   <si>
     <t>GCG 29</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>2-6-GCG 29 (14:18) 16-Robbie Heath pass complete to 11-Ronald Cooper to GCG 33 for 5 yards. Tackle by 26-David Swain.</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>GCG 33</t>
   </si>
   <si>
     <t>Weak I Big HB Counter Weak</t>
   </si>
   <si>
     <t>3-2-GCG 33 (13:39) 17-Santa Claus  ran to GCG 32 for -1 yards. Tackle by 53-Harry Ulrich.</t>
   </si>
   <si>
     <t>#89 Private Ryan  - TE</t>
   </si>
   <si>
-    <t>#80 Lauren Reid - TE</t>
+    <t>#81 Lauren Reid - TE</t>
   </si>
   <si>
     <t>13:08</t>
   </si>
   <si>
     <t>GCG 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-GCG 32 (13:07) 7-Jack O'Lantern punts 47 yards to CIN 21. 80-Craig May to CIN 25 for 4 yards. Tackle by 49-Edwin C. Moses.</t>
   </si>
   <si>
     <t>#7 Jack O'Lantern - P</t>
   </si>
   <si>
     <t>#62 Jonathan Buckner - RG</t>
   </si>
   <si>
     <t>#80 Craig May - WR</t>
   </si>
@@ -488,66 +488,66 @@
   <si>
     <t>#45 Charles Verdugo - CB</t>
   </si>
   <si>
     <t>#21 John Ashley - CB</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-CIN 25 (12:59) 15-Gary Fielding pass incomplete, intended for 10-Julio Hamilton.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - C</t>
+    <t>#10 Julio Hamilton - WR</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
-    <t>#51 Andy Okeefe - RT</t>
+    <t>#78 Andy Okeefe - RT</t>
   </si>
   <si>
     <t>#79 William Campbell - C</t>
   </si>
   <si>
     <t>#69 Juan Jimenez - RG</t>
   </si>
   <si>
     <t>#67 Benjamin Marciniak - RT</t>
   </si>
   <si>
     <t>#68 Melvin Babineau - LDE</t>
   </si>
   <si>
     <t>#98 Martin Guillory - DT</t>
   </si>
   <si>
     <t>#65 Declan O'Volatile - DT</t>
   </si>
   <si>
     <t>#66 Rulon Gardner - RDE</t>
   </si>
   <si>
     <t>#46 Martin Van Nostrand - CB</t>
   </si>