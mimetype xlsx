--- v2 (2025-12-08)
+++ v3 (2026-01-11)
@@ -347,51 +347,51 @@
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-GCG 25 (15:00) 17-Santa Claus  ran to GCG 29 for 4 yards. Tackle by 48-Christopher Barcomb.</t>
   </si>
   <si>
     <t>#16 Robbie Heath - QB</t>
   </si>
   <si>
     <t>#17 Santa Claus  - WR</t>
   </si>
   <si>
     <t>#87 Paul Titus - WR</t>
   </si>
   <si>
     <t>#89 Fab  Morvan  - WR</t>
   </si>
   <si>
     <t>#11 Ronald Cooper - WR</t>
   </si>
   <si>
-    <t>#85 Captain Morgan  - WR</t>
+    <t>#33 Captain Morgan  - RB</t>
   </si>
   <si>
     <t>#51 John Courtemanche - RT</t>
   </si>
   <si>
     <t>#62 Jerome Summers - LG</t>
   </si>
   <si>
     <t>#54 Marty McFly - C</t>
   </si>
   <si>
     <t>#61 Willie Birdsong - RG</t>
   </si>
   <si>
     <t>#73 Sylvester Stallone - LG</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#93 Clifford Kipp - DT</t>
   </si>
   <si>
     <t>#96 Caleb Borowski - DT</t>
   </si>