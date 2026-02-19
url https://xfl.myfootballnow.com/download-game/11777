--- v3 (2026-01-11)
+++ v4 (2026-02-19)
@@ -347,66 +347,66 @@
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-GCG 25 (15:00) 17-Santa Claus  ran to GCG 29 for 4 yards. Tackle by 48-Christopher Barcomb.</t>
   </si>
   <si>
     <t>#16 Robbie Heath - QB</t>
   </si>
   <si>
     <t>#17 Santa Claus  - WR</t>
   </si>
   <si>
     <t>#87 Paul Titus - WR</t>
   </si>
   <si>
     <t>#89 Fab  Morvan  - WR</t>
   </si>
   <si>
     <t>#11 Ronald Cooper - WR</t>
   </si>
   <si>
-    <t>#33 Captain Morgan  - RB</t>
-[...2 lines deleted...]
-    <t>#51 John Courtemanche - RT</t>
+    <t>#41 Captain Morgan  - RB</t>
+  </si>
+  <si>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>#62 Jerome Summers - LG</t>
   </si>
   <si>
     <t>#54 Marty McFly - C</t>
   </si>
   <si>
     <t>#61 Willie Birdsong - RG</t>
   </si>
   <si>
-    <t>#73 Sylvester Stallone - LG</t>
+    <t>#57 Sylvester Stallone - LG</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#93 Clifford Kipp - DT</t>
   </si>
   <si>
     <t>#96 Caleb Borowski - DT</t>
   </si>
   <si>
     <t>#53 Harry Ulrich - RDE</t>
   </si>
   <si>
     <t>#31 David Shreve - CB</t>
   </si>
   <si>
     <t>#34 Eric Kimmel - CB</t>
   </si>
   <si>
     <t>#43 Christopher Barcomb - CB</t>
   </si>
   <si>
     <t>#39 Everett Saucedo - CB</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>#45 Charles Verdugo - CB</t>
   </si>
   <si>
     <t>#21 John Ashley - CB</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-CIN 25 (12:59) 15-Gary Fielding pass incomplete, intended for 10-Julio Hamilton.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#78 Andy Okeefe - RT</t>
   </si>
   <si>
     <t>#79 William Campbell - C</t>
   </si>
   <si>
     <t>#69 Juan Jimenez - RG</t>
   </si>
   <si>
     <t>#67 Benjamin Marciniak - RT</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>#37 Dwight Manfredi - MLB</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>GCG 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-GCG 23 (12:00) 18-Rodney Schwartz ran to GCG 12 for 11 yards. Tackle by 33-John Rambo.</t>
   </si>
   <si>
     <t>#18 Rodney Schwartz - WR</t>
   </si>
   <si>
     <t>#12 Grady Blanchette - WR</t>
   </si>
   <si>
-    <t>#14 Larry Shafer - WR</t>
+    <t>#17 Larry Shafer - WR</t>
   </si>
   <si>
     <t>#99 Rocky Balboa - LDE</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>GCG 12</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-GCG 12 (11:15) 15-Gary Fielding pass complete to 10-Julio Hamilton to GCG 3 for 9 yards. Tackle by 44-Manuel Harris.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>GCG 3</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
@@ -1331,51 +1331,51 @@
   <si>
     <t>3-3-GCG 49 (1:45) 16-Robbie Heath pass Pass knocked down by 41-Woodrow Yeary. incomplete, intended for 80-Lauren Reid. Pressure by 53-Harry Ulrich. PENALTY - Pass Interference (CIN 26-David Swain)</t>
   </si>
   <si>
     <t>1:40</t>
   </si>
   <si>
     <t>CIN 43</t>
   </si>
   <si>
     <t>1-10-CIN 43 (1:41) 16-Robbie Heath pass complete to 88-Captain Morgan  to CIN 0 for 43 yards. TOUCHDOWN! Great move by 88-Captain Morgan  to get free of his coverage. I think the defense might be using that play a bit too frequently. GCG 9 CIN 21</t>
   </si>
   <si>
     <t>1:33</t>
   </si>
   <si>
     <t>CIN 15</t>
   </si>
   <si>
     <t>(1:34) Extra point GOOD by 14-Scooby Snacks. GCG 10 CIN 21</t>
   </si>
   <si>
     <t>(1:34) 14-Scooby Snacks kicks 75 yards from GCG 35 to CIN -10. Touchback.</t>
   </si>
   <si>
-    <t>#47 Dean Harrison - CB</t>
+    <t>#24 Dean Harrison - CB</t>
   </si>
   <si>
     <t>1-10-CIN 25 (1:34) 10-Julio Hamilton ran to CIN 24 for -1 yards. Tackle by 37-Dwight Manfredi.</t>
   </si>
   <si>
     <t>0:56</t>
   </si>
   <si>
     <t>2-11-CIN 24 (0:55) 10-Julio Hamilton ran to CIN 31 for 7 yards. Tackle by 46-Martin Van Nostrand.</t>
   </si>
   <si>
     <t>0:19</t>
   </si>
   <si>
     <t>CIN 31</t>
   </si>
   <si>
     <t>3-4-CIN 31 (0:18) 10-Julio Hamilton ran to CIN 42 for 11 yards. Tackle by 46-Martin Van Nostrand. CIN 84-Willis Vanhorn was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:15</t>
   </si>
   <si>
     <t>Timeout CIN</t>
   </si>
@@ -1925,51 +1925,51 @@
   <si>
     <t>3-3-GCG 20 (3:30) 16-Robbie Heath pass complete to 17-Santa Claus  to GCG 26 for 6 yards. Tackle by 49-Patrick Gunderson. Pressure by 31-David Shreve.</t>
   </si>
   <si>
     <t>3:04</t>
   </si>
   <si>
     <t>1-10-GCG 26 (3:03) 16-Robbie Heath pass complete to 89-Private Ryan  to GCG 33 for 7 yards. Tackle by 97-Michael McCarthy. 89-Private Ryan  breaks down the CB.</t>
   </si>
   <si>
     <t>2:41</t>
   </si>
   <si>
     <t>2-3-GCG 33 (2:40) 16-Robbie Heath pass incomplete, intended for 80-Lauren Reid.</t>
   </si>
   <si>
     <t>2:36</t>
   </si>
   <si>
     <t>3-3-GCG 33 (2:37) 16-Robbie Heath pass incomplete, intended for 88-Captain Morgan . Pressure by 62-Caleb Borowski. CIN 62-Caleb Borowski was injured on the play.</t>
   </si>
   <si>
     <t>4-3-GCG 33 (2:32) 38-Bob Beamon ran to GCG 32 for -1 yards. Tackle by 32-Philip Woody. Turnover on downs.</t>
   </si>
   <si>
-    <t>#60 Scott Pattison - DT</t>
+    <t>#91 Scott Pattison - DT</t>
   </si>
   <si>
     <t>2:28</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>1-10-GCG 32 (2:29) 10-Julio Hamilton ran to GCG 25 for 7 yards. Tackle by 48-John Hoss.</t>
   </si>
   <si>
     <t>2-3-GCG 25 (2:00) 10-Julio Hamilton ran to GCG 24 for 1 yards. Tackle by 65-Declan O'Volatile. GCG 98-Martin Guillory was injured on the play.</t>
   </si>
   <si>
     <t>1:59</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>3-2-GCG 24 (1:57) 15-Gary Fielding pass complete to 10-Julio Hamilton to GCG 7 for 17 yards. Tackle by 39-Liam McStrong. If the defense doesn't start mixing up their plays a bit more we might see more big gains like that one.</t>
   </si>
   <si>
     <t>1-7-GCG 7 (1:49) 1-Frank Dardar ran to GCG 2 for 4 yards. Tackle by 44-Manuel Harris.</t>
   </si>
@@ -2417,52 +2417,52 @@
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>