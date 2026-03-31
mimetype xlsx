--- v4 (2026-02-19)
+++ v5 (2026-03-31)
@@ -287,51 +287,51 @@
   <si>
     <t>CIN has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Hal Rogers kicks 75 yards from CIN 35 to GCG -10. Touchback.</t>
   </si>
   <si>
     <t>#41 Ichabod Crane - RB</t>
   </si>
   <si>
     <t>#33 John Rambo - CB</t>
   </si>
   <si>
-    <t>#42 Liam McStrong - SS</t>
+    <t>#42 Liam McStrong - LDE</t>
   </si>
   <si>
     <t>#49 Edwin C. Moses - FS</t>
   </si>
   <si>
     <t>#37 Manuel Harris - FS</t>
   </si>
   <si>
     <t>#53 Jim Thorpe - MLB</t>
   </si>
   <si>
     <t>#55 Kyle Gast - WLB</t>
   </si>
   <si>
     <t>#48 Seamus McSpeedy - SLB</t>
   </si>
   <si>
     <t>#52 Rob  Pilatus - SLB</t>
   </si>
   <si>
     <t>#34 Lewis Sullivan - CB</t>
   </si>
   <si>
     <t>#43 Ralphie Parker - FS</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>#37 Dwight Manfredi - MLB</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>GCG 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-GCG 23 (12:00) 18-Rodney Schwartz ran to GCG 12 for 11 yards. Tackle by 33-John Rambo.</t>
   </si>
   <si>
     <t>#18 Rodney Schwartz - WR</t>
   </si>
   <si>
     <t>#12 Grady Blanchette - WR</t>
   </si>
   <si>
-    <t>#17 Larry Shafer - WR</t>
+    <t>#17 Larry Shafer - C</t>
   </si>
   <si>
     <t>#99 Rocky Balboa - LDE</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>GCG 12</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-GCG 12 (11:15) 15-Gary Fielding pass complete to 10-Julio Hamilton to GCG 3 for 9 yards. Tackle by 44-Manuel Harris.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>GCG 3</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>