--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -284,141 +284,141 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DAY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Louis Dehaven kicks 75 yards from BUF 35 to DAY -10. Touchback.</t>
   </si>
   <si>
     <t>#12 Louis Chenard - WR</t>
   </si>
   <si>
-    <t>#39 Sean Kolb - FB</t>
-[...2 lines deleted...]
-    <t>#63 John Chan - C</t>
+    <t>#39 Sean Kolb - RB</t>
+  </si>
+  <si>
+    <t>#63 John Chan - RG</t>
   </si>
   <si>
     <t>#49 Richard Espinal - RB</t>
   </si>
   <si>
     <t>#79 William Campbell - C</t>
   </si>
   <si>
-    <t>#85 Bryant Minick - LG</t>
+    <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#77 Jack Stone - C</t>
   </si>
   <si>
-    <t>#59 Randy Ruggles - FB</t>
+    <t>#80 Randy Ruggles - TE</t>
   </si>
   <si>
     <t>#19 Louis Oneill - WR</t>
   </si>
   <si>
-    <t>#87 Enrique Pierce - WR</t>
+    <t>#87 Enrique Pierce - C</t>
   </si>
   <si>
     <t>#76 Daniel Sotelo - RG</t>
   </si>
   <si>
     <t>#2 Louis Dehaven - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 8-Terry Meyer pass incomplete, dropped by 49-Richard Espinal.</t>
   </si>
   <si>
     <t>#8 Terry Meyer - QB</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - FB</t>
+    <t>#19 Phillip Mandell - WR</t>
   </si>
   <si>
     <t>#16 William Smith - WR</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#51 Dennis Dorn - C</t>
   </si>
   <si>
     <t>#54 Mark Labadie - WLB</t>
   </si>
   <si>
     <t>#60 Anthony Griffin - RDE</t>
   </si>
   <si>
     <t>#74 Robert Harris - LDE</t>
   </si>
   <si>
     <t>#28 Ernest Nowicki - SS</t>
   </si>
   <si>
     <t>#77 Ralph Jonson - DT</t>
   </si>
   <si>
-    <t>#45 William Estrella - SS</t>
-[...2 lines deleted...]
-    <t>#46 Garrett Holt - FS</t>
+    <t>#36 William Estrella - SS</t>
+  </si>
+  <si>
+    <t>#46 Garrett Holt - CB</t>
   </si>
   <si>
     <t>#32 Stevie McLaughlin - LDE</t>
   </si>
   <si>
     <t>#47 Aaron Demers - CB</t>
   </si>
   <si>
-    <t>#24 John Barnett - CB</t>
+    <t>#24 John Barnett - SS</t>
   </si>
   <si>
     <t>#20 Paul Poole - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>2-10-DAY 25 (14:57) 8-Terry Meyer pass complete to 88-William Smith to DAY 33 for 8 yards. Tackle by 24-John Barnett.</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#73 Sam Hernandez - RDE</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
@@ -566,156 +566,156 @@
   <si>
     <t>4-7-BUF 16 (7:22) 3-Joseph Day 35 yard field goal is GOOD. DAY 3 BUF 0</t>
   </si>
   <si>
     <t>#3 Joseph Day - K</t>
   </si>
   <si>
     <t>#53 Orlando Constantine - C</t>
   </si>
   <si>
     <t>#83 Adam Hogan - C</t>
   </si>
   <si>
     <t>#51 Enrique Davis - C</t>
   </si>
   <si>
     <t>#42 Eric Craig - SS</t>
   </si>
   <si>
     <t>#43 John Varner - CB</t>
   </si>
   <si>
     <t>#37 Ronnie Emery - LDE</t>
   </si>
   <si>
-    <t>#3 Victor Rainey - CB</t>
+    <t>#3 Victor Rainey - FS</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>(7:19) 3-Joseph Day kicks 75 yards from DAY 35 to BUF -10. Touchback.</t>
   </si>
   <si>
-    <t>#12 Thomas Eveland - WR</t>
+    <t>#12 Thomas Eveland - C</t>
   </si>
   <si>
     <t>#77 Craig Paul - C</t>
   </si>
   <si>
     <t>#58 Evan Aponte - C</t>
   </si>
   <si>
     <t>#88 Robert Tanner - WR</t>
   </si>
   <si>
     <t>#66 Michael Gadson - C</t>
   </si>
   <si>
     <t>#30 Matthew Childress - WR</t>
   </si>
   <si>
     <t>#79 Walter Crowley - C</t>
   </si>
   <si>
     <t>#18 Daniel Davis - C</t>
   </si>
   <si>
-    <t>#22 Erasmo McClure - WR</t>
+    <t>#82 Erasmo McClure - WR</t>
   </si>
   <si>
     <t>#62 Jason Lopez - C</t>
   </si>
   <si>
     <t>BUF 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 25 (7:19) 20-Paul Poole ran to BUF 26 for 1 yards. Tackle by 73-Rene Johnson.</t>
   </si>
   <si>
     <t>#10 Daniel Stroud - QB</t>
   </si>
   <si>
     <t>#87 Mark Sager - WR</t>
   </si>
   <si>
     <t>#64 Louis Woods - C</t>
   </si>
   <si>
     <t>#68 Robert Shearer - RDE</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
     <t>#71 Maxwell Miller - LDE</t>
   </si>
   <si>
     <t>#95 Joe Young - LDE</t>
   </si>
   <si>
-    <t>#48 Alex Schmidt - SLB</t>
+    <t>#59 Alex Schmidt - SLB</t>
   </si>
   <si>
     <t>#66 Nathan Cathcart - RDE</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
-    <t>#41 John Branch - WLB</t>
-[...5 lines deleted...]
-    <t>#99 David Hartzler - WLB</t>
+    <t>#41 John Branch - RDE</t>
+  </si>
+  <si>
+    <t>#29 Vincent Watson - CB</t>
+  </si>
+  <si>
+    <t>#99 David Hartzler - FS</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>BUF 26</t>
   </si>
   <si>
     <t>2-9-BUF 26 (6:46) 10-Daniel Stroud pass Pass knocked down by 31-Brian Murphy. incomplete, intended for 89-Mark Sager.</t>
   </si>
   <si>
-    <t>#23 Alfred Simental - C</t>
-[...2 lines deleted...]
-    <t>#34 Colby Hawkins - WR</t>
+    <t>#23 Alfred Simental - WR</t>
+  </si>
+  <si>
+    <t>#34 Colby Hawkins - RB</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>3-9-BUF 26 (6:43) 10-Daniel Stroud pass complete to 23-Alfred Simental to BUF 35 for 10 yards. Tackle by 23-Steven Oliver.</t>
   </si>
   <si>
     <t>#1 John Parker - LT</t>
   </si>
   <si>
     <t>#80 Ramon Hill - C</t>
   </si>
   <si>
     <t>#67 Anthony Maloney - C</t>
   </si>
   <si>
     <t>#75 Victor Hughes - C</t>
   </si>
@@ -758,51 +758,51 @@
   <si>
     <t>#4 O.G. Kush - C</t>
   </si>
   <si>
     <t>3:57</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-BUF 41 (3:56) 15-Ramon Stiver punts 47 yards to DAY 12. Fair Catch by 19-Phillip Mandell.</t>
   </si>
   <si>
     <t>#15 Ramon Stiver - P</t>
   </si>
   <si>
     <t>#89 Mike Oppenheimer - C</t>
   </si>
   <si>
     <t>#47 Derrick Pinson - CB</t>
   </si>
   <si>
-    <t>#53 George Roberts - SS</t>
+    <t>#55 George Roberts - WLB</t>
   </si>
   <si>
     <t>#73 Logan McCormick - LDE</t>
   </si>
   <si>
     <t>3:48</t>
   </si>
   <si>
     <t>DAY 12</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>1-10-DAY 12 (3:49) 19-Phillip Mandell ran to DAY 17 for 6 yards. Tackle by 38-Ralph Jonson.</t>
   </si>
   <si>
     <t>3:08</t>
   </si>
   <si>
     <t>DAY 17</t>
   </si>
   <si>
     <t>2-4-DAY 17 (3:07) 8-Terry Meyer pass complete to 49-Richard Espinal to DAY 20 for 3 yards. Tackle by 99-Aaron Demers.</t>
   </si>
@@ -1127,51 +1127,51 @@
   <si>
     <t>2:05</t>
   </si>
   <si>
     <t>DAY 28</t>
   </si>
   <si>
     <t>4-1-DAY 28 (2:04) 5-George Brown punts 46 yards to BUF 26. 88-Thomas Eveland to BUF 29 for 3 yards. Tackle by 99-David Hartzler.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>BUF 29</t>
   </si>
   <si>
     <t>1-10-BUF 29 (1:57) 10-Daniel Stroud pass Pass knocked down by 31-Brian Murphy. incomplete, intended for 23-Alfred Simental.</t>
   </si>
   <si>
-    <t>#76 John Williams - WLB</t>
+    <t>#76 John Williams - RDE</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>2-10-BUF 29 (1:54) 20-Paul Poole ran to BUF 34 for 5 yards. Tackle by 73-Rene Johnson.</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>3-5-BUF 34 (1:16) (Hot Read) 10-Daniel Stroud pass complete to 23-Alfred Simental to DAY 43 for 24 yards. Tackle by 41-John Branch. 23-Alfred Simental made a great move on the CB. Pressure by 73-Rene Johnson.</t>
   </si>
   <si>
     <t>0:51</t>
   </si>
   <si>
     <t>1-10-DAY 43 (0:50) 3-Victor Rainey ran to DAY 41 for 2 yards. Tackle by 93-Robert Shearer.</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
     <t>Timeout BUF</t>
   </si>
@@ -1436,51 +1436,51 @@
   <si>
     <t>1-10-DAY 26 (4:21) 8-Terry Meyer pass complete to 88-William Smith to BUF 38 for 36 yards. Tackle by 24-John Barnett. 24-John Barnett got away with a hold on that play.</t>
   </si>
   <si>
     <t>3:41</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>1-10-BUF 38 (3:40) 8-Terry Meyer pass complete to 16-Enrique Pierce to BUF 27 for 11 yards. Tackle by 32-Stevie McLaughlin.</t>
   </si>
   <si>
     <t>3:00</t>
   </si>
   <si>
     <t>BUF 27</t>
   </si>
   <si>
     <t>1-10-BUF 27 (2:59) 8-Terry Meyer sacked at BUF 35 for -8 yards (73-Sam Hernandez). Sack allowed by 63-John Chan. 63-John Chan was completely beat on that play.</t>
   </si>
   <si>
     <t>#41 Jerry Gibbs - LDE</t>
   </si>
   <si>
-    <t>#35 Berry Gelato - FS</t>
+    <t>#43 Berry Gelato - FS</t>
   </si>
   <si>
     <t>2:25</t>
   </si>
   <si>
     <t>2-18-BUF 35 (2:24) 19-Phillip Mandell ran to BUF 32 for 3 yards. Tackle by 90-Mark Labadie. DAY 16-Enrique Pierce was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>3-15-BUF 32 (1:51) 8-Terry Meyer pass complete to 88-William Smith to BUF 25 for 7 yards. Tackle by 24-John Barnett.</t>
   </si>
   <si>
     <t>1:10</t>
   </si>
   <si>
     <t>4-8-BUF 25 (1:09) 3-Joseph Day 43 yard field goal is GOOD. DAY 6 BUF 12</t>
   </si>
   <si>
     <t>1:05</t>
   </si>
   <si>
     <t>(1:06) 3-Joseph Day kicks 74 yards from DAY 35 to BUF -9. Touchback.</t>
   </si>
@@ -2138,96 +2138,96 @@
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>