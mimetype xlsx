--- v1 (2025-12-19)
+++ v2 (2026-01-20)
@@ -308,51 +308,51 @@
   <si>
     <t>#39 Sean Kolb - RB</t>
   </si>
   <si>
     <t>#63 John Chan - RG</t>
   </si>
   <si>
     <t>#49 Richard Espinal - RB</t>
   </si>
   <si>
     <t>#79 William Campbell - C</t>
   </si>
   <si>
     <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#77 Jack Stone - C</t>
   </si>
   <si>
     <t>#80 Randy Ruggles - TE</t>
   </si>
   <si>
     <t>#19 Louis Oneill - WR</t>
   </si>
   <si>
-    <t>#87 Enrique Pierce - C</t>
+    <t>#87 Enrique Pierce - WR</t>
   </si>
   <si>
     <t>#76 Daniel Sotelo - RG</t>
   </si>
   <si>
     <t>#2 Louis Dehaven - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 8-Terry Meyer pass incomplete, dropped by 49-Richard Espinal.</t>
   </si>
   <si>
     <t>#8 Terry Meyer - QB</t>
   </si>
@@ -566,51 +566,51 @@
   <si>
     <t>4-7-BUF 16 (7:22) 3-Joseph Day 35 yard field goal is GOOD. DAY 3 BUF 0</t>
   </si>
   <si>
     <t>#3 Joseph Day - K</t>
   </si>
   <si>
     <t>#53 Orlando Constantine - C</t>
   </si>
   <si>
     <t>#83 Adam Hogan - C</t>
   </si>
   <si>
     <t>#51 Enrique Davis - C</t>
   </si>
   <si>
     <t>#42 Eric Craig - SS</t>
   </si>
   <si>
     <t>#43 John Varner - CB</t>
   </si>
   <si>
     <t>#37 Ronnie Emery - LDE</t>
   </si>
   <si>
-    <t>#3 Victor Rainey - FS</t>
+    <t>#3 Victor Rainey - WR</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>(7:19) 3-Joseph Day kicks 75 yards from DAY 35 to BUF -10. Touchback.</t>
   </si>
   <si>
     <t>#12 Thomas Eveland - C</t>
   </si>
   <si>
     <t>#77 Craig Paul - C</t>
   </si>
   <si>
     <t>#58 Evan Aponte - C</t>
   </si>
   <si>
     <t>#88 Robert Tanner - WR</t>
   </si>
   <si>
     <t>#66 Michael Gadson - C</t>
   </si>
   <si>
     <t>#30 Matthew Childress - WR</t>
   </si>
@@ -650,102 +650,102 @@
   <si>
     <t>#68 Robert Shearer - RDE</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
     <t>#71 Maxwell Miller - LDE</t>
   </si>
   <si>
     <t>#95 Joe Young - LDE</t>
   </si>
   <si>
     <t>#59 Alex Schmidt - SLB</t>
   </si>
   <si>
     <t>#66 Nathan Cathcart - RDE</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#29 Vincent Watson - CB</t>
   </si>
   <si>
     <t>#99 David Hartzler - FS</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>BUF 26</t>
   </si>
   <si>
     <t>2-9-BUF 26 (6:46) 10-Daniel Stroud pass Pass knocked down by 31-Brian Murphy. incomplete, intended for 89-Mark Sager.</t>
   </si>
   <si>
     <t>#23 Alfred Simental - WR</t>
   </si>
   <si>
     <t>#34 Colby Hawkins - RB</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>3-9-BUF 26 (6:43) 10-Daniel Stroud pass complete to 23-Alfred Simental to BUF 35 for 10 yards. Tackle by 23-Steven Oliver.</t>
   </si>
   <si>
     <t>#1 John Parker - LT</t>
   </si>
   <si>
     <t>#80 Ramon Hill - C</t>
   </si>
   <si>
     <t>#67 Anthony Maloney - C</t>
   </si>
   <si>
     <t>#75 Victor Hughes - C</t>
   </si>
   <si>
     <t>#97 Steven Oliver - RDE</t>
   </si>
   <si>
-    <t>#90 Patrick Wallace - CB</t>
+    <t>#25 Patrick Wallace - CB</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>1-10-BUF 35 (5:58) 46-Garrett Holt ran to BUF 37 for 2 yards. Tackle by 55-Nathan Cathcart.</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>BUF 37</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-8-BUF 37 (5:14) 20-Paul Poole ran to BUF 41 for 4 yards. Tackle by 73-Rene Johnson.</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
     <t>BUF 41</t>
   </si>
@@ -758,51 +758,51 @@
   <si>
     <t>#4 O.G. Kush - C</t>
   </si>
   <si>
     <t>3:57</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-BUF 41 (3:56) 15-Ramon Stiver punts 47 yards to DAY 12. Fair Catch by 19-Phillip Mandell.</t>
   </si>
   <si>
     <t>#15 Ramon Stiver - P</t>
   </si>
   <si>
     <t>#89 Mike Oppenheimer - C</t>
   </si>
   <si>
     <t>#47 Derrick Pinson - CB</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#73 Logan McCormick - LDE</t>
   </si>
   <si>
     <t>3:48</t>
   </si>
   <si>
     <t>DAY 12</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>1-10-DAY 12 (3:49) 19-Phillip Mandell ran to DAY 17 for 6 yards. Tackle by 38-Ralph Jonson.</t>
   </si>
   <si>
     <t>3:08</t>
   </si>
   <si>
     <t>DAY 17</t>
   </si>
   <si>
     <t>2-4-DAY 17 (3:07) 8-Terry Meyer pass complete to 49-Richard Espinal to DAY 20 for 3 yards. Tackle by 99-Aaron Demers.</t>
   </si>
@@ -2138,90 +2138,90 @@
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>