--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -281,132 +281,132 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CIN has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Hal Rogers kicks 74 yards from CIN 35 to NEC -9. 85-Joseph Reyes to NEC 16 for 26 yards. Tackle by 32-Philip Woody. 21-Jose Brooks totally missed that block.</t>
   </si>
   <si>
-    <t>#81 Joseph Reyes - WR</t>
+    <t>#81 Joseph Reyes - TE</t>
   </si>
   <si>
     <t>#22 Ivan Isom - CB</t>
   </si>
   <si>
     <t>#27 William Fernandez - CB</t>
   </si>
   <si>
     <t>#23 Jose Brooks - CB</t>
   </si>
   <si>
     <t>#99 Jose Snyder - DT</t>
   </si>
   <si>
     <t>#22 Keith Allison - CB</t>
   </si>
   <si>
     <t>#26 Matthew Lopez - CB</t>
   </si>
   <si>
     <t>#31 Albert Pruitt - CB</t>
   </si>
   <si>
     <t>#90 Randy Newton - WLB</t>
   </si>
   <si>
     <t>#93 Paul Paris - RDE</t>
   </si>
   <si>
-    <t>#50 Dale Williams - CB</t>
+    <t>#50 Dale Williams - MLB</t>
   </si>
   <si>
     <t>#7 Hal Rogers - K</t>
   </si>
   <si>
     <t>NEC</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>NEC 16</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NEC 16 (14:56) 8-Alonzo Gibson pass Pass knocked down by 34-Eric Kimmel. incomplete, intended for 88-Gary Vanzandt.</t>
   </si>
   <si>
     <t>#9 Alonzo Gibson - QB</t>
   </si>
   <si>
-    <t>#35 Charles Lyons - WR</t>
+    <t>#35 Charles Lyons - RB</t>
   </si>
   <si>
     <t>#46 Billy White - FB</t>
   </si>
   <si>
     <t>#54 Gary Vanzandt - RT</t>
   </si>
   <si>
     <t>#17 Robert Cupp - WR</t>
   </si>
   <si>
     <t>#12 Kenneth Krueger - WR</t>
   </si>
   <si>
-    <t>#78 Steve Lenard - C</t>
-[...2 lines deleted...]
-    <t>#64 Alan Anderson - C</t>
+    <t>#74 Steve Lenard - C</t>
+  </si>
+  <si>
+    <t>#66 Alan Anderson - LG</t>
   </si>
   <si>
     <t>#60 Vincent Hagedorn - C</t>
   </si>
   <si>
-    <t>#65 Carl Martinez - C</t>
+    <t>#65 Carl Martinez - LG</t>
   </si>
   <si>
     <t>#61 Steve Daigle - LT</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#93 Clifford Kipp - DT</t>
   </si>
   <si>
     <t>#76 Micheal Steinman - DT</t>
   </si>
   <si>
     <t>#53 Harry Ulrich - RDE</t>
   </si>
   <si>
     <t>#39 Everett Saucedo - CB</t>
   </si>
   <si>
     <t>#36 William Cipriano - CB</t>
   </si>
   <si>
     <t>#51 Boyd Tant - WLB</t>
   </si>
@@ -431,123 +431,123 @@
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-10-NEC 16 (14:53) 8-Alonzo Gibson pass complete to 85-Joseph Reyes to NEC 27 for 11 yards. 85-Joseph Reyes FUMBLES (41-Woodrow Yeary) recovered by CIN-41-Woodrow Yeary to NEC 35 for -1 yards. Tackle by 13-Kenneth Krueger.</t>
   </si>
   <si>
     <t>14:46</t>
   </si>
   <si>
     <t>NEC 35</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NEC 35 (14:47) 15-Gary Fielding pass complete to 24-Garrett Santiago to NEC 26 for 9 yards. Tackle by 26-Matthew Lopez.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - RB</t>
+    <t>#10 Julio Hamilton - WR</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#19 Cedric Wood - WR</t>
   </si>
   <si>
     <t>#80 Craig May - WR</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#55 James Martin - C</t>
   </si>
   <si>
-    <t>#72 Alexander Gonzalez - RT</t>
+    <t>#58 Alexander Gonzalez - RG</t>
   </si>
   <si>
     <t>#67 Benjamin Marciniak - RT</t>
   </si>
   <si>
     <t>#96 Charles Rosales - DT</t>
   </si>
   <si>
-    <t>#56 Ruben Kipp - CB</t>
+    <t>#56 Ruben Kipp - MLB</t>
   </si>
   <si>
     <t>#35 Richard Bell - CB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>NEC 26</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-1-NEC 26 (14:09) PENALTY - False Start (CIN 15-Gary Fielding)</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>NEC 31</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-6-NEC 31 (14:09) 10-Julio Hamilton ran to NEC 32 for -1 yards. Tackle by 58-Ruben Kipp.</t>
   </si>
   <si>
     <t>#58 Sal Sykes - C</t>
   </si>
   <si>
-    <t>#65 Norman Gates - LDE</t>
+    <t>#94 Norman Gates - LDE</t>
   </si>
   <si>
     <t>#51 Robert Williams - WLB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>NEC 32</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-7-NEC 32 (13:35) 10-Julio Hamilton ran to NEC 23 for 9 yards. Tackle by 27-Keith Allison.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>NEC 23</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
@@ -617,111 +617,111 @@
   <si>
     <t>2-11-NEC 12 (10:38) 10-Julio Hamilton ran to NEC 12 for 1 yards. Tackle by 97-Jose Snyder.</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-10-NEC 12 (10:04) 15-Gary Fielding pass INTERCEPTED by 23-William Fernandez at NEC 5. 23-William Fernandez to NEC 6 for 1 yards. Tackle by 85-Stanley Post.</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>NEC 6</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>1-10-NEC 6 (10:02) 8-Alonzo Gibson pass complete to 33-Charles Lyons to NEC 11 for 5 yards. Tackle by 39-Everett Saucedo.</t>
   </si>
   <si>
-    <t>#14 Mark Cox - WR</t>
+    <t>#11 Mark Cox - WR</t>
   </si>
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>NEC 11</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-5-NEC 11 (9:19) 8-Alonzo Gibson pass Pass knocked down by 36-William Cipriano. incomplete, intended for 85-Joseph Reyes.</t>
   </si>
   <si>
-    <t>#30 Paul McGuire - WR</t>
+    <t>#30 Paul McGuire - RB</t>
   </si>
   <si>
     <t>#49 Patrick Gunderson - CB</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>3-5-NEC 11 (9:16) 8-Alonzo Gibson pass complete to 85-Joseph Reyes to NEC 26 for 15 yards. Tackle by 41-Woodrow Yeary.</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-NEC 26 (8:37) 33-Charles Lyons ran to NEC 26 for a short gain. Tackle by 39-Everett Saucedo.</t>
   </si>
   <si>
     <t>#83 Richard Horton - WR</t>
   </si>
   <si>
     <t>#15 Marvin White - WR</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>2-10-NEC 26 (8:02) 8-Alonzo Gibson pass complete to 33-Charles Lyons to NEC 33 for 7 yards. Tackle by 49-Patrick Gunderson.</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>3-3-NEC 33 (7:19) 30-Paul McGuire ran to NEC 42 for 9 yards. Tackle by 31-David Shreve.</t>
   </si>
   <si>
-    <t>#82 Victor Waite - WR</t>
+    <t>#13 Victor Waite - WR</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>NEC 42</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-NEC 42 (6:41) 8-Alonzo Gibson pass complete to 85-Joseph Reyes to CIN 42 for 16 yards. Tackle by 34-Eric Kimmel.</t>
   </si>
   <si>
     <t>5:57</t>
   </si>
   <si>
     <t>CIN 42</t>
   </si>
   <si>
     <t>1-10-CIN 42 (5:56) 8-Alonzo Gibson pass complete to 11-Robert Cupp to CIN 36 for 6 yards. Tackle by 27-Glenn Blakey. 11-Robert Cupp did some fancy footwork there.</t>
   </si>
   <si>
     <t>5:53</t>
   </si>
@@ -854,51 +854,51 @@
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>NEC 41</t>
   </si>
   <si>
     <t>3-10-NEC 41 (1:30) 33-Charles Lyons ran to NEC 46 for 5 yards. Tackle by 34-Eric Kimmel.</t>
   </si>
   <si>
     <t>0:51</t>
   </si>
   <si>
     <t>4-6-NEC 46 (0:50) 6-John Foreman punts 56 yards to CIN -2.4-6-NEC 46 (0:50) 6-John Foreman punts 56 yards to CIN -2. Touchback.</t>
   </si>
   <si>
     <t>#6 John Foreman - P</t>
   </si>
   <si>
     <t>#76 James Caton - C</t>
   </si>
   <si>
     <t>#22 Nelson Dortch - CB</t>
   </si>
   <si>
-    <t>#72 Matthew Patterson - C</t>
+    <t>#67 Matthew Patterson - LT</t>
   </si>
   <si>
     <t>#45 Charles Verdugo - CB</t>
   </si>
   <si>
     <t>0:42</t>
   </si>
   <si>
     <t>CIN 20</t>
   </si>
   <si>
     <t>1-10-CIN 20 (0:43) 15-Gary Fielding pass Pass knocked down by 58-Ruben Kipp. incomplete, intended for 10-Julio Hamilton.</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>2-10-CIN 20 (0:40) 15-Gary Fielding pass complete to 80-Craig May to CIN 39 for 19 yards. Tackle by 20-Richard Bell.</t>
   </si>
   <si>
     <t>0:04</t>
   </si>
   <si>
     <t>CIN 39</t>
   </si>
@@ -914,51 +914,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(0:00) Extra point GOOD by 7-Hal Rogers. CIN 7 NEC 0</t>
   </si>
   <si>
     <t>#6 Benjamin Tester - QB</t>
   </si>
   <si>
     <t>#57 George Jones - LT</t>
   </si>
   <si>
     <t>#61 Ruben Munroe - LG</t>
   </si>
   <si>
     <t>#66 James Shillings - LT</t>
   </si>
   <si>
     <t>#94 Thomas Blalock - RDE</t>
   </si>
   <si>
-    <t>#92 Jimmie Eldridge - WLB</t>
+    <t>#92 Jimmie Eldridge - RDE</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>(15:00) 7-Hal Rogers kicks 70 yards from CIN 35 to NEC -5. Touchback.</t>
   </si>
   <si>
     <t>NEC 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-NEC 25 (15:00) 8-Alonzo Gibson sacked at NEC 16 for -9 yards (96-Nathan Cowie). Sack allowed by 75-Steve Daigle.</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>2-19-NEC 16 (14:19) 8-Alonzo Gibson pass complete to 30-Paul McGuire to NEC 17 for a short gain. Tackle by 41-Woodrow Yeary.</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
@@ -1112,51 +1112,51 @@
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>CIN 23</t>
   </si>
   <si>
     <t>1-10-CIN 23 (7:14) 15-Gary Fielding pass complete to 24-Garrett Santiago to NEC 18 for 60 yards. Tackle by 20-Richard Bell.</t>
   </si>
   <si>
     <t>6:27</t>
   </si>
   <si>
     <t>NEC 18</t>
   </si>
   <si>
     <t>1-10-NEC 18 (6:26) 15-Gary Fielding pass Pass knocked down by 27-Keith Allison. incomplete, intended for 19-Cedric Wood. 27-Keith Allison got away with a hold on that play.</t>
   </si>
   <si>
     <t>#1 Frank Dardar - WR</t>
   </si>
   <si>
     <t>#80 David Lapp - FB</t>
   </si>
   <si>
-    <t>#58 Shawn Chan - CB</t>
+    <t>#41 Shawn Chan - FS</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>2-10-NEC 18 (6:23) 15-Gary Fielding pass Pass knocked down by 20-Richard Bell. incomplete, intended for 10-Julio Hamilton.</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>3-10-NEC 18 (6:21) 15-Gary Fielding pass incomplete, dropped by 19-Cedric Wood. 28-Ivan Isom got away with a hold on that play.</t>
   </si>
   <si>
     <t>6:17</t>
   </si>
   <si>
     <t>4-10-NEC 18 (6:18) 7-Hal Rogers 35 yard field goal is GOOD. CIN 17 NEC 0</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>(6:15) 7-Hal Rogers kicks 74 yards from CIN 35 to NEC -9. Touchback.</t>
   </si>
@@ -1541,51 +1541,51 @@
   <si>
     <t>4-9-NEC 22 (5:55) 7-Hal Rogers 39 yard field goal is GOOD. CIN 20 NEC 14</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>(5:52) 7-Hal Rogers kicks 74 yards from CIN 35 to NEC -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-NEC 25 (5:52) 8-Alonzo Gibson pass incomplete, intended for 33-Charles Lyons.</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>2-10-NEC 25 (5:49) 8-Alonzo Gibson pass complete to 30-Paul McGuire to NEC 41 for 16 yards. The defense seems to be calling that same play a lot.</t>
   </si>
   <si>
     <t>5:13</t>
   </si>
   <si>
     <t>1-10-NEC 41 (5:12) 8-Alonzo Gibson pass complete to 88-Gary Vanzandt to CIN 49 for 9 yards. Tackle by 31-David Shreve. NEC 78-Steve Lenard was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#18 Dale Dugger - WR</t>
+    <t>#81 Dale Dugger - WR</t>
   </si>
   <si>
     <t>#77 Phillip Moultry - LT</t>
   </si>
   <si>
     <t>4:37</t>
   </si>
   <si>
     <t>CIN 49</t>
   </si>
   <si>
     <t>2-1-CIN 49 (4:36) 33-Charles Lyons ran to CIN 40 for 9 yards. Tackle by 36-William Cipriano. If the defense doesn't start mixing up their plays a bit more we might see more big gains like that one.</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
     <t>CIN 40</t>
   </si>
   <si>
     <t>1-10-CIN 40 (3:54) 8-Alonzo Gibson pass Pass knocked down by 34-Eric Kimmel. incomplete, intended for 85-Joseph Reyes. The defense seems to be getting familiar with that play.</t>
   </si>
   <si>
     <t>3:50</t>
   </si>
@@ -2271,65 +2271,65 @@
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>