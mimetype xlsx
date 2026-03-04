--- v1 (2025-12-17)
+++ v2 (2026-03-04)
@@ -281,135 +281,135 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CIN has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Hal Rogers kicks 74 yards from CIN 35 to NEC -9. 85-Joseph Reyes to NEC 16 for 26 yards. Tackle by 32-Philip Woody. 21-Jose Brooks totally missed that block.</t>
   </si>
   <si>
-    <t>#81 Joseph Reyes - TE</t>
+    <t>#81 Joseph Reyes - FB</t>
   </si>
   <si>
     <t>#22 Ivan Isom - CB</t>
   </si>
   <si>
     <t>#27 William Fernandez - CB</t>
   </si>
   <si>
     <t>#23 Jose Brooks - CB</t>
   </si>
   <si>
     <t>#99 Jose Snyder - DT</t>
   </si>
   <si>
     <t>#22 Keith Allison - CB</t>
   </si>
   <si>
     <t>#26 Matthew Lopez - CB</t>
   </si>
   <si>
     <t>#31 Albert Pruitt - CB</t>
   </si>
   <si>
     <t>#90 Randy Newton - WLB</t>
   </si>
   <si>
-    <t>#93 Paul Paris - RDE</t>
-[...2 lines deleted...]
-    <t>#50 Dale Williams - MLB</t>
+    <t>#93 Paul Paris - LDE</t>
+  </si>
+  <si>
+    <t>#50 Dale Williams - FS</t>
   </si>
   <si>
     <t>#7 Hal Rogers - K</t>
   </si>
   <si>
     <t>NEC</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>NEC 16</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NEC 16 (14:56) 8-Alonzo Gibson pass Pass knocked down by 34-Eric Kimmel. incomplete, intended for 88-Gary Vanzandt.</t>
   </si>
   <si>
     <t>#9 Alonzo Gibson - QB</t>
   </si>
   <si>
-    <t>#35 Charles Lyons - RB</t>
+    <t>#35 Charles Lyons - WR</t>
   </si>
   <si>
     <t>#46 Billy White - FB</t>
   </si>
   <si>
     <t>#54 Gary Vanzandt - RT</t>
   </si>
   <si>
     <t>#17 Robert Cupp - WR</t>
   </si>
   <si>
     <t>#12 Kenneth Krueger - WR</t>
   </si>
   <si>
     <t>#74 Steve Lenard - C</t>
   </si>
   <si>
     <t>#66 Alan Anderson - LG</t>
   </si>
   <si>
     <t>#60 Vincent Hagedorn - C</t>
   </si>
   <si>
     <t>#65 Carl Martinez - LG</t>
   </si>
   <si>
-    <t>#61 Steve Daigle - LT</t>
+    <t>#68 Steve Daigle - LT</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#93 Clifford Kipp - DT</t>
   </si>
   <si>
     <t>#76 Micheal Steinman - DT</t>
   </si>
   <si>
     <t>#53 Harry Ulrich - RDE</t>
   </si>
   <si>
     <t>#39 Everett Saucedo - CB</t>
   </si>
   <si>
     <t>#36 William Cipriano - CB</t>
   </si>
   <si>
     <t>#51 Boyd Tant - WLB</t>
   </si>
   <si>
     <t>#27 Glenn Blakey - CB</t>
   </si>
@@ -431,123 +431,123 @@
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-10-NEC 16 (14:53) 8-Alonzo Gibson pass complete to 85-Joseph Reyes to NEC 27 for 11 yards. 85-Joseph Reyes FUMBLES (41-Woodrow Yeary) recovered by CIN-41-Woodrow Yeary to NEC 35 for -1 yards. Tackle by 13-Kenneth Krueger.</t>
   </si>
   <si>
     <t>14:46</t>
   </si>
   <si>
     <t>NEC 35</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NEC 35 (14:47) 15-Gary Fielding pass complete to 24-Garrett Santiago to NEC 26 for 9 yards. Tackle by 26-Matthew Lopez.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#19 Cedric Wood - WR</t>
   </si>
   <si>
     <t>#80 Craig May - WR</t>
   </si>
   <si>
     <t>#85 Garrett Santiago - WR</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
-    <t>#55 James Martin - C</t>
+    <t>#60 James Martin - C</t>
   </si>
   <si>
     <t>#58 Alexander Gonzalez - RG</t>
   </si>
   <si>
     <t>#67 Benjamin Marciniak - RT</t>
   </si>
   <si>
     <t>#96 Charles Rosales - DT</t>
   </si>
   <si>
-    <t>#56 Ruben Kipp - MLB</t>
+    <t>#56 Ruben Kipp - FS</t>
   </si>
   <si>
     <t>#35 Richard Bell - CB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>NEC 26</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-1-NEC 26 (14:09) PENALTY - False Start (CIN 15-Gary Fielding)</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>NEC 31</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-6-NEC 31 (14:09) 10-Julio Hamilton ran to NEC 32 for -1 yards. Tackle by 58-Ruben Kipp.</t>
   </si>
   <si>
     <t>#58 Sal Sykes - C</t>
   </si>
   <si>
-    <t>#94 Norman Gates - LDE</t>
+    <t>#94 Norman Gates - SS</t>
   </si>
   <si>
     <t>#51 Robert Williams - WLB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>NEC 32</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-7-NEC 32 (13:35) 10-Julio Hamilton ran to NEC 23 for 9 yards. Tackle by 27-Keith Allison.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>NEC 23</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
@@ -635,93 +635,93 @@
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>1-10-NEC 6 (10:02) 8-Alonzo Gibson pass complete to 33-Charles Lyons to NEC 11 for 5 yards. Tackle by 39-Everett Saucedo.</t>
   </si>
   <si>
     <t>#11 Mark Cox - WR</t>
   </si>
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>NEC 11</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-5-NEC 11 (9:19) 8-Alonzo Gibson pass Pass knocked down by 36-William Cipriano. incomplete, intended for 85-Joseph Reyes.</t>
   </si>
   <si>
-    <t>#30 Paul McGuire - RB</t>
+    <t>#30 Paul McGuire - WR</t>
   </si>
   <si>
     <t>#49 Patrick Gunderson - CB</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>3-5-NEC 11 (9:16) 8-Alonzo Gibson pass complete to 85-Joseph Reyes to NEC 26 for 15 yards. Tackle by 41-Woodrow Yeary.</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-NEC 26 (8:37) 33-Charles Lyons ran to NEC 26 for a short gain. Tackle by 39-Everett Saucedo.</t>
   </si>
   <si>
     <t>#83 Richard Horton - WR</t>
   </si>
   <si>
     <t>#15 Marvin White - WR</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>2-10-NEC 26 (8:02) 8-Alonzo Gibson pass complete to 33-Charles Lyons to NEC 33 for 7 yards. Tackle by 49-Patrick Gunderson.</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>3-3-NEC 33 (7:19) 30-Paul McGuire ran to NEC 42 for 9 yards. Tackle by 31-David Shreve.</t>
   </si>
   <si>
-    <t>#13 Victor Waite - WR</t>
+    <t>#43 Victor Waite - FB</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>NEC 42</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-NEC 42 (6:41) 8-Alonzo Gibson pass complete to 85-Joseph Reyes to CIN 42 for 16 yards. Tackle by 34-Eric Kimmel.</t>
   </si>
   <si>
     <t>5:57</t>
   </si>
   <si>
     <t>CIN 42</t>
   </si>
   <si>
     <t>1-10-CIN 42 (5:56) 8-Alonzo Gibson pass complete to 11-Robert Cupp to CIN 36 for 6 yards. Tackle by 27-Glenn Blakey. 11-Robert Cupp did some fancy footwork there.</t>
   </si>
   <si>
     <t>5:53</t>
   </si>
@@ -854,51 +854,51 @@
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>NEC 41</t>
   </si>
   <si>
     <t>3-10-NEC 41 (1:30) 33-Charles Lyons ran to NEC 46 for 5 yards. Tackle by 34-Eric Kimmel.</t>
   </si>
   <si>
     <t>0:51</t>
   </si>
   <si>
     <t>4-6-NEC 46 (0:50) 6-John Foreman punts 56 yards to CIN -2.4-6-NEC 46 (0:50) 6-John Foreman punts 56 yards to CIN -2. Touchback.</t>
   </si>
   <si>
     <t>#6 John Foreman - P</t>
   </si>
   <si>
     <t>#76 James Caton - C</t>
   </si>
   <si>
     <t>#22 Nelson Dortch - CB</t>
   </si>
   <si>
-    <t>#67 Matthew Patterson - LT</t>
+    <t>#76 Matthew Patterson - LT</t>
   </si>
   <si>
     <t>#45 Charles Verdugo - CB</t>
   </si>
   <si>
     <t>0:42</t>
   </si>
   <si>
     <t>CIN 20</t>
   </si>
   <si>
     <t>1-10-CIN 20 (0:43) 15-Gary Fielding pass Pass knocked down by 58-Ruben Kipp. incomplete, intended for 10-Julio Hamilton.</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>2-10-CIN 20 (0:40) 15-Gary Fielding pass complete to 80-Craig May to CIN 39 for 19 yards. Tackle by 20-Richard Bell.</t>
   </si>
   <si>
     <t>0:04</t>
   </si>
   <si>
     <t>CIN 39</t>
   </si>
@@ -914,51 +914,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(0:00) Extra point GOOD by 7-Hal Rogers. CIN 7 NEC 0</t>
   </si>
   <si>
     <t>#6 Benjamin Tester - QB</t>
   </si>
   <si>
     <t>#57 George Jones - LT</t>
   </si>
   <si>
     <t>#61 Ruben Munroe - LG</t>
   </si>
   <si>
     <t>#66 James Shillings - LT</t>
   </si>
   <si>
     <t>#94 Thomas Blalock - RDE</t>
   </si>
   <si>
-    <t>#92 Jimmie Eldridge - RDE</t>
+    <t>#92 Jimmie Eldridge - WLB</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>(15:00) 7-Hal Rogers kicks 70 yards from CIN 35 to NEC -5. Touchback.</t>
   </si>
   <si>
     <t>NEC 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-NEC 25 (15:00) 8-Alonzo Gibson sacked at NEC 16 for -9 yards (96-Nathan Cowie). Sack allowed by 75-Steve Daigle.</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>2-19-NEC 16 (14:19) 8-Alonzo Gibson pass complete to 30-Paul McGuire to NEC 17 for a short gain. Tackle by 41-Woodrow Yeary.</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
@@ -1112,51 +1112,51 @@
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>CIN 23</t>
   </si>
   <si>
     <t>1-10-CIN 23 (7:14) 15-Gary Fielding pass complete to 24-Garrett Santiago to NEC 18 for 60 yards. Tackle by 20-Richard Bell.</t>
   </si>
   <si>
     <t>6:27</t>
   </si>
   <si>
     <t>NEC 18</t>
   </si>
   <si>
     <t>1-10-NEC 18 (6:26) 15-Gary Fielding pass Pass knocked down by 27-Keith Allison. incomplete, intended for 19-Cedric Wood. 27-Keith Allison got away with a hold on that play.</t>
   </si>
   <si>
     <t>#1 Frank Dardar - WR</t>
   </si>
   <si>
     <t>#80 David Lapp - FB</t>
   </si>
   <si>
-    <t>#41 Shawn Chan - FS</t>
+    <t>#41 Shawn Chan - SS</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>2-10-NEC 18 (6:23) 15-Gary Fielding pass Pass knocked down by 20-Richard Bell. incomplete, intended for 10-Julio Hamilton.</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>3-10-NEC 18 (6:21) 15-Gary Fielding pass incomplete, dropped by 19-Cedric Wood. 28-Ivan Isom got away with a hold on that play.</t>
   </si>
   <si>
     <t>6:17</t>
   </si>
   <si>
     <t>4-10-NEC 18 (6:18) 7-Hal Rogers 35 yard field goal is GOOD. CIN 17 NEC 0</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>(6:15) 7-Hal Rogers kicks 74 yards from CIN 35 to NEC -9. Touchback.</t>
   </si>
@@ -1214,51 +1214,51 @@
   <si>
     <t>CIN 28</t>
   </si>
   <si>
     <t>1-10-CIN 28 (2:09) 8-Alonzo Gibson pass complete to 15-Mark Cox for 28 yards. TOUCHDOWN! NEC 13-Kenneth Krueger was injured on the play. He looks like he should be able to return. CIN 17 NEC 6</t>
   </si>
   <si>
     <t>2:03</t>
   </si>
   <si>
     <t>CIN 15</t>
   </si>
   <si>
     <t>(2:04) Extra point GOOD by 5-Bradley Brendle. CIN 17 NEC 7</t>
   </si>
   <si>
     <t>#7 James Murawski - QB</t>
   </si>
   <si>
     <t>#3 Bradley Brendle - K</t>
   </si>
   <si>
     <t>#32 Philip Woody - CB</t>
   </si>
   <si>
-    <t>#60 Scott Pattison - DT</t>
+    <t>#91 Scott Pattison - DT</t>
   </si>
   <si>
     <t>#74 Morris Brito - LDE</t>
   </si>
   <si>
     <t>#59 Robert Gillmore - RDE</t>
   </si>
   <si>
     <t>(2:04) 5-Bradley Brendle kicks 70 yards from NEC 35 to CIN -5. Touchback.</t>
   </si>
   <si>
     <t>#97 Michael McCarthy - CB</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>1-10-CIN 25 (2:04) 10-Julio Hamilton ran to CIN 31 for 6 yards. 10-Julio Hamilton FUMBLES (28-Ivan Isom) recovered by NEC-99-Norman Gates at CIN 33. Tackle by 80-Craig May. NEC 90-Charles Rosales was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
@@ -2277,59 +2277,59 @@
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>