--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -338,126 +338,126 @@
   <si>
     <t>#6 James Shoults - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) 1-Stanley McKeon pass complete to 35-Fred Oliphant to SEA 30 for 5 yards. Tackle by 43-Ronald Miller. Nice job by 35-Fred Oliphant on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#4 Luther McClure - WR</t>
   </si>
   <si>
-    <t>#87 Aubrey Lawson - WR</t>
+    <t>#11 Aubrey Lawson - C</t>
   </si>
   <si>
     <t>#87 Fred Oliphant - WR</t>
   </si>
   <si>
     <t>#17 John Enriquez - WR</t>
   </si>
   <si>
     <t>#13 Reyes Vosburg - WR</t>
   </si>
   <si>
     <t>#60 Kevin Downey - LT</t>
   </si>
   <si>
     <t>#63 Michael Allison - LG</t>
   </si>
   <si>
     <t>#75 John Rousseau - C</t>
   </si>
   <si>
     <t>#79 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#66 Curtis Everette - RT</t>
   </si>
   <si>
     <t>#99 Kenneth Miles - LDE</t>
   </si>
   <si>
     <t>#56 Timothy Stell - DT</t>
   </si>
   <si>
     <t>#98 Bobby Sheppard - LDE</t>
   </si>
   <si>
     <t>#75 Roger Matthews - RDE</t>
   </si>
   <si>
     <t>#51 Samuel Valenzuela - SLB</t>
   </si>
   <si>
     <t>#57 Michael McConnell - MLB</t>
   </si>
   <si>
     <t>#91 William Ward - WLB</t>
   </si>
   <si>
     <t>#41 Ronald Miller - CB</t>
   </si>
   <si>
-    <t>#48 Michael Hudock - CB</t>
+    <t>#42 Michael Hudock - CB</t>
   </si>
   <si>
     <t>#23 Lawrence Griffiths - SS</t>
   </si>
   <si>
     <t>#42 Abel Harris - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>SEA 30</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-5-SEA 30 (14:24) 1-Stanley McKeon pass complete to 17-John Enriquez to SEA 39 for 8 yards. Tackle by 42-Abel Harris. 17-John Enriquez breaks down the CB.</t>
   </si>
   <si>
-    <t>#45 Clinton Booker - FB</t>
+    <t>#45 Clinton Booker - TE</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>SEA 39</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-SEA 39 (13:42) 1-Stanley McKeon pass incomplete, dropped by 17-John Enriquez.</t>
   </si>
   <si>
     <t>#39 Elbert Griffin - CB</t>
   </si>
   <si>
     <t>#40 Mickey Martinez - CB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>4-1-MTG 42 (11:30) 4-Luther McClure ran to MTG 37 for 5 yards. Tackle by 91-William Ward.</t>
   </si>
   <si>
     <t>#18 Lonnie Mitchell - WR</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>MTG 37</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-MTG 37 (10:48) 88-Manuel Crippen ran to MTG 32 for 6 yards. Tackle by 91-William Ward.</t>
   </si>
   <si>
     <t>#23 Anthony Crawford - RB</t>
   </si>
   <si>
-    <t>#10 Jeffrey Luciani - WR</t>
+    <t>#13 Jeffrey Luciani - WR</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>MTG 32</t>
   </si>
   <si>
     <t>2-4-MTG 32 (10:05) 1-Stanley McKeon pass complete to 13-Reyes Vosburg to MTG 27 for 5 yards. Tackle by 48-Michael Hudock. 48-Michael Hudock got away with a hold on that play.</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>MTG 27</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>1-10-MTG 27 (9:26) 1-Stanley McKeon pass Pass knocked down by 57-Michael McConnell. incomplete, intended for 13-Reyes Vosburg.</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>3-7-MTG 23 (8:45) 1-Stanley McKeon pass complete to 17-John Enriquez to MTG 12 for 11 yards. Tackle by 23-Lawrence Griffiths.</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>MTG 12</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-MTG 12 (8:10) 1-Stanley McKeon pass complete to 17-John Enriquez to MTG 5 for 7 yards. Tackle by 42-Abel Harris. Nice job by 17-John Enriquez on that route to lose his coverage. PENALTY - Pass Interference (MTG 53-Mickey Martinez)</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>MTG 7</t>
   </si>
   <si>
     <t>1-7-MTG 7 (8:07) 4-Luther McClure ran to MTG 7 for a short gain. Tackle by 91-William Ward.</t>
   </si>
   <si>
-    <t>#1 Leslie Cummings - SS</t>
+    <t>#48 Leslie Cummings - CB</t>
   </si>
   <si>
     <t>7:36</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-7-MTG 7 (7:35) 1-Stanley McKeon sacked at MTG 15 for -8 yards (68-Bobby Sheppard). Sack allowed by 55-John Rousseau.</t>
   </si>
   <si>
     <t>6:52</t>
   </si>
   <si>
     <t>MTG 15</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>3-15-MTG 15 (6:51) 1-Stanley McKeon pass complete to 13-Reyes Vosburg to MTG 4 for 11 yards. Tackle by 42-Abel Harris. 13-Reyes Vosburg breaks down the CB.</t>
   </si>
   <si>
     <t>6:06</t>
   </si>
@@ -644,51 +644,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-MTG 4 (6:05) 7-Ronald Grundy 21 yard field goal is GOOD. SEA 3 MTG 0</t>
   </si>
   <si>
     <t>#9 Robert Keith - P</t>
   </si>
   <si>
     <t>#7 Ronald Grundy - K</t>
   </si>
   <si>
     <t>#95 Cecil Hankins - DT</t>
   </si>
   <si>
     <t>#65 Justin Brooks - RDE</t>
   </si>
   <si>
     <t>#50 Harry Ferrari - MLB</t>
   </si>
   <si>
     <t>#55 Ross Taylor - DT</t>
   </si>
   <si>
-    <t>#53 Jeremy Sane - LDE</t>
+    <t>#77 Jeremy Sane - LDE</t>
   </si>
   <si>
     <t>#93 Billy Whitehead - SLB</t>
   </si>
   <si>
     <t>6:02</t>
   </si>
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>(6:03) 7-Ronald Grundy kicks 75 yards from SEA 35 to MTG -10. Touchback.</t>
   </si>
   <si>
     <t>#10 Wilson Shoemaker - WR</t>
   </si>
   <si>
     <t>#37 Leonard Carter - FS</t>
   </si>
   <si>
     <t>MTG 25</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
@@ -734,51 +734,51 @@
   <si>
     <t>#34 Jesse Tam - CB</t>
   </si>
   <si>
     <t>#42 Steven Million - CB</t>
   </si>
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>MTG 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-MTG 38 (5:20) 16-Felix Hund ran to MTG 40 for 2 yards. Tackle by 58-William Martin. MTG 16-Felix Hund was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#38 Norman Romero - RB</t>
   </si>
   <si>
-    <t>#80 Paul Glass - WR</t>
+    <t>#86 Paul Glass - WR</t>
   </si>
   <si>
     <t>#91 William Martin - RDE</t>
   </si>
   <si>
     <t>#24 Jared Wade - CB</t>
   </si>
   <si>
     <t>4:48</t>
   </si>
   <si>
     <t>MTG 40</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-8-MTG 40 (4:47) 9-Benjamin Flanagan sacked at MTG 35 for -5 yards (32-Carl Stacey). Sack allowed by 73-Julio Napoli.</t>
   </si>
   <si>
     <t>4:10</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
@@ -2164,51 +2164,51 @@
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">