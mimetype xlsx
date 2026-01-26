--- v1 (2025-12-27)
+++ v2 (2026-01-26)
@@ -338,72 +338,72 @@
   <si>
     <t>#6 James Shoults - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) 1-Stanley McKeon pass complete to 35-Fred Oliphant to SEA 30 for 5 yards. Tackle by 43-Ronald Miller. Nice job by 35-Fred Oliphant on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#4 Luther McClure - WR</t>
   </si>
   <si>
-    <t>#11 Aubrey Lawson - C</t>
+    <t>#63 Aubrey Lawson - C</t>
   </si>
   <si>
     <t>#87 Fred Oliphant - WR</t>
   </si>
   <si>
     <t>#17 John Enriquez - WR</t>
   </si>
   <si>
     <t>#13 Reyes Vosburg - WR</t>
   </si>
   <si>
     <t>#60 Kevin Downey - LT</t>
   </si>
   <si>
     <t>#63 Michael Allison - LG</t>
   </si>
   <si>
     <t>#75 John Rousseau - C</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#66 Curtis Everette - RT</t>
   </si>
   <si>
     <t>#99 Kenneth Miles - LDE</t>
   </si>
   <si>
     <t>#56 Timothy Stell - DT</t>
   </si>
   <si>
     <t>#98 Bobby Sheppard - LDE</t>
   </si>
   <si>
     <t>#75 Roger Matthews - RDE</t>
   </si>
   <si>
     <t>#51 Samuel Valenzuela - SLB</t>
   </si>
   <si>
     <t>#57 Michael McConnell - MLB</t>
   </si>
   <si>
     <t>#91 William Ward - WLB</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>3-7-MTG 23 (8:45) 1-Stanley McKeon pass complete to 17-John Enriquez to MTG 12 for 11 yards. Tackle by 23-Lawrence Griffiths.</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>MTG 12</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-MTG 12 (8:10) 1-Stanley McKeon pass complete to 17-John Enriquez to MTG 5 for 7 yards. Tackle by 42-Abel Harris. Nice job by 17-John Enriquez on that route to lose his coverage. PENALTY - Pass Interference (MTG 53-Mickey Martinez)</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>MTG 7</t>
   </si>
   <si>
     <t>1-7-MTG 7 (8:07) 4-Luther McClure ran to MTG 7 for a short gain. Tackle by 91-William Ward.</t>
   </si>
   <si>
-    <t>#48 Leslie Cummings - CB</t>
+    <t>#35 Leslie Cummings - CB</t>
   </si>
   <si>
     <t>7:36</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-7-MTG 7 (7:35) 1-Stanley McKeon sacked at MTG 15 for -8 yards (68-Bobby Sheppard). Sack allowed by 55-John Rousseau.</t>
   </si>
   <si>
     <t>6:52</t>
   </si>
   <si>
     <t>MTG 15</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>3-15-MTG 15 (6:51) 1-Stanley McKeon pass complete to 13-Reyes Vosburg to MTG 4 for 11 yards. Tackle by 42-Abel Harris. 13-Reyes Vosburg breaks down the CB.</t>
   </si>
   <si>
     <t>6:06</t>
   </si>