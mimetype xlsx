--- v2 (2026-01-26)
+++ v3 (2026-03-27)
@@ -281,63 +281,63 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MTG has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>MTG</t>
   </si>
   <si>
     <t>MTG 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-James Shoults kicks 73 yards from MTG 35 to SEA -8. Touchback.</t>
   </si>
   <si>
-    <t>#25 John Bingman - WR</t>
+    <t>#25 John Bingman - C</t>
   </si>
   <si>
     <t>#85 Norman Martin - RT</t>
   </si>
   <si>
     <t>#3 James Rosen - CB</t>
   </si>
   <si>
     <t>#92 Nicholas Knight - RDE</t>
   </si>
   <si>
-    <t>#93 Jeffrey Davis - LDE</t>
+    <t>#72 Jeffrey Davis - LDE</t>
   </si>
   <si>
     <t>#98 Nicholas Bartlow - RDE</t>
   </si>
   <si>
     <t>#32 Carl Stacey - CB</t>
   </si>
   <si>
     <t>#34 Tim Van - CB</t>
   </si>
   <si>
     <t>#96 Michael Swanson - DT</t>
   </si>
   <si>
     <t>#46 Thomas Thomas - CB</t>
   </si>
   <si>
     <t>#53 Eric Sosa - SLB</t>
   </si>
   <si>
     <t>#6 James Shoults - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
@@ -392,90 +392,90 @@
   <si>
     <t>#56 Timothy Stell - DT</t>
   </si>
   <si>
     <t>#98 Bobby Sheppard - LDE</t>
   </si>
   <si>
     <t>#75 Roger Matthews - RDE</t>
   </si>
   <si>
     <t>#51 Samuel Valenzuela - SLB</t>
   </si>
   <si>
     <t>#57 Michael McConnell - MLB</t>
   </si>
   <si>
     <t>#91 William Ward - WLB</t>
   </si>
   <si>
     <t>#41 Ronald Miller - CB</t>
   </si>
   <si>
     <t>#42 Michael Hudock - CB</t>
   </si>
   <si>
-    <t>#23 Lawrence Griffiths - SS</t>
+    <t>#22 Lawrence Griffiths - SS</t>
   </si>
   <si>
     <t>#42 Abel Harris - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>SEA 30</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-5-SEA 30 (14:24) 1-Stanley McKeon pass complete to 17-John Enriquez to SEA 39 for 8 yards. Tackle by 42-Abel Harris. 17-John Enriquez breaks down the CB.</t>
   </si>
   <si>
     <t>#45 Clinton Booker - TE</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>SEA 39</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-SEA 39 (13:42) 1-Stanley McKeon pass incomplete, dropped by 17-John Enriquez.</t>
   </si>
   <si>
-    <t>#39 Elbert Griffin - CB</t>
+    <t>#32 Elbert Griffin - CB</t>
   </si>
   <si>
     <t>#40 Mickey Martinez - CB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>2-10-SEA 39 (13:39) 88-Manuel Crippen ran to SEA 49 for 10 yards. Tackle by 51-Samuel Valenzuela.</t>
   </si>
   <si>
     <t>#12 Manuel Crippen - WR</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>SEA 49</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
@@ -662,51 +662,51 @@
   <si>
     <t>#50 Harry Ferrari - MLB</t>
   </si>
   <si>
     <t>#55 Ross Taylor - DT</t>
   </si>
   <si>
     <t>#77 Jeremy Sane - LDE</t>
   </si>
   <si>
     <t>#93 Billy Whitehead - SLB</t>
   </si>
   <si>
     <t>6:02</t>
   </si>
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>(6:03) 7-Ronald Grundy kicks 75 yards from SEA 35 to MTG -10. Touchback.</t>
   </si>
   <si>
     <t>#10 Wilson Shoemaker - WR</t>
   </si>
   <si>
-    <t>#37 Leonard Carter - FS</t>
+    <t>#33 Leonard Carter - FS</t>
   </si>
   <si>
     <t>MTG 25</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-MTG 25 (6:03) 9-Benjamin Flanagan pass complete to 10-Wilson Shoemaker to MTG 38 for 13 yards. Tackle by 3-James Rosen. 10-Wilson Shoemaker made a great move on the CB. Pressure by 95-Cecil Hankins.</t>
   </si>
   <si>
     <t>#9 Benjamin Flanagan - QB</t>
   </si>
   <si>
     <t>#16 Felix Hund - RB</t>
   </si>
   <si>
     <t>#82 John Hawkins - TE</t>
   </si>
   <si>
     <t>#33 James Monaco - RB</t>
   </si>
@@ -1439,51 +1439,51 @@
   <si>
     <t>3-3-MTG 10 (4:35) 1-Stanley McKeon sacked at MTG 18 for -9 yards (99-Kenneth Miles). Sack allowed by 66-Curtis Everette.</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
     <t>MTG 18</t>
   </si>
   <si>
     <t>4-12-MTG 18 (3:54) 7-Ronald Grundy 35 yard field goal is GOOD. SEA 23 MTG 3</t>
   </si>
   <si>
     <t>3:50</t>
   </si>
   <si>
     <t>(3:51) 7-Ronald Grundy kicks 70 yards from SEA 35 to MTG -5. 10-Wilson Shoemaker to MTG 20 for 25 yards. Tackle by 46-Thomas Thomas. SEA 46-Thomas Thomas was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>1-10-MTG 20 (3:47) 16-Felix Hund ran to MTG 23 for 3 yards. Tackle by 58-William Martin. SEA 20-Thomas Grant was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#37 Gerald Lamothe - CB</t>
+    <t>#48 Gerald Lamothe - CB</t>
   </si>
   <si>
     <t>3:09</t>
   </si>
   <si>
     <t>2-7-MTG 23 (3:08) 9-Benjamin Flanagan pass Pass knocked down by 3-James Rosen. incomplete, intended for 89-Larry Coffey.</t>
   </si>
   <si>
     <t>3:04</t>
   </si>
   <si>
     <t>3-7-MTG 23 (3:05) 38-Norman Romero ran to MTG 23 for -1 yards. Tackle by 32-Carl Stacey.</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>4-7-MTG 23 (2:23) 17-James Rivas punts 48 yards to SEA 29. Fair Catch by 33-John Moffet.</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>SEA 29</t>
   </si>