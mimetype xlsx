--- v0 (2025-10-26)
+++ v1 (2026-01-23)
@@ -290,237 +290,237 @@
   <si>
     <t>PRI</t>
   </si>
   <si>
     <t>PRI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Cory Pate kicks 74 yards from PRI 35 to ATL -9. Touchback.</t>
   </si>
   <si>
     <t>#25 Hubert Hernandez - RB</t>
   </si>
   <si>
     <t>#98 Jordan Shepherd - RDE</t>
   </si>
   <si>
     <t>#28 Mason Hargreaves - FS</t>
   </si>
   <si>
-    <t>#87 Eric Carlson - WR</t>
+    <t>#13 Eric Carlson - WR</t>
   </si>
   <si>
     <t>#92 Clyde Johnson - MLB</t>
   </si>
   <si>
     <t>#39 Shane Coursey - FS</t>
   </si>
   <si>
-    <t>#37 Jerry Santibanez - FS</t>
+    <t>#37 Jerry Santibanez - CB</t>
   </si>
   <si>
     <t>#11 Devin Valles - WR</t>
   </si>
   <si>
     <t>#35 Michael Berrin - FS</t>
   </si>
   <si>
     <t>#7 Aaron Ross - SLB</t>
   </si>
   <si>
-    <t>#2 Jeffery Hamilton - CB</t>
+    <t>#36 Jeffery Hamilton - CB</t>
   </si>
   <si>
     <t>#1 Cory Pate - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) 5-John Morris pass incomplete, dropped by 25-Hubert Hernandez. Pressure by 91-Chadwick Turner.</t>
   </si>
   <si>
-    <t>#5 John Morris - QB</t>
+    <t>#6 John Morris - QB</t>
   </si>
   <si>
     <t>#8 Evan Edge - WR</t>
   </si>
   <si>
     <t>#14 Tyler Cruz - WR</t>
   </si>
   <si>
     <t>#83 Erick Sermon - WR</t>
   </si>
   <si>
-    <t>#57 Michael Nunes - LT</t>
-[...2 lines deleted...]
-    <t>#77 Daniel Powell - RT</t>
+    <t>#79 Michael Nunes - C</t>
+  </si>
+  <si>
+    <t>#67 Daniel Powell - RT</t>
   </si>
   <si>
     <t>#73 Ray Hill - C</t>
   </si>
   <si>
     <t>#51 Angel Livingston - C</t>
   </si>
   <si>
-    <t>#73 Thomas Williams - LG</t>
+    <t>#79 Thomas Williams - LG</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
     <t>#77 Chris Savage - DT</t>
   </si>
   <si>
-    <t>#76 Travis Heck - DT</t>
+    <t>#54 Travis Heck - DT</t>
   </si>
   <si>
     <t>#91 Chadwick Turner - RDE</t>
   </si>
   <si>
     <t>#48 Lawrence Eldridge - CB</t>
   </si>
   <si>
     <t>#34 Jack Coleman - CB</t>
   </si>
   <si>
     <t>#59 Ellis Jones - CB</t>
   </si>
   <si>
     <t>#97 Pablo Mallory - CB</t>
   </si>
   <si>
     <t>#43 Felix Hunt - CB</t>
   </si>
   <si>
     <t>#39 Victor Holm - CB</t>
   </si>
   <si>
-    <t>#90 Jessie Caldwell - CB</t>
+    <t>#35 Jessie Caldwell - LDE</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-ATL 25 (14:57) 5-John Morris pass Pass knocked down by 59-Ellis Jones. incomplete, intended for 8-Evan Edge.</t>
   </si>
   <si>
     <t>#52 Carlos Gutierrez - LG</t>
   </si>
   <si>
     <t>#45 John Culp - CB</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>3-10-ATL 25 (14:53) 5-John Morris pass Pass knocked down by 51-John Culp. incomplete, intended for 25-Hubert Hernandez.</t>
   </si>
   <si>
     <t>14:48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-ATL 25 (14:49) 99-Billy Suarez punts 45 yards to PRI 30. 45-Henry Casey to PRI 30 for 0 yards. Tackle by 35-Michael Berrin. 20-John Blaker missed that block completely.</t>
   </si>
   <si>
     <t>#99 Billy Suarez - P</t>
   </si>
   <si>
-    <t>#45 Henry Casey - WR</t>
+    <t>#14 Henry Casey - C</t>
   </si>
   <si>
     <t>#30 John Blaker - CB</t>
   </si>
   <si>
     <t>#38 Richard Nguyen - CB</t>
   </si>
   <si>
     <t>#36 George Lewis - CB</t>
   </si>
   <si>
-    <t>#25 Dewey Cash - CB</t>
+    <t>#33 Dewey Cash - CB</t>
   </si>
   <si>
     <t>#50 Ryan Butler - LG</t>
   </si>
   <si>
     <t>#76 Ricardo Negrete - RG</t>
   </si>
   <si>
     <t>14:41</t>
   </si>
   <si>
     <t>PRI 30</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PRI 30 (14:42) 7-Gary Villicana pass complete to 85-John Holm to PRI 36 for 6 yards. Tackle by 41-Fred Waite.</t>
   </si>
   <si>
     <t>#7 Gary Villicana - QB</t>
   </si>
   <si>
     <t>#12 Thomas Marrero - WR</t>
   </si>
   <si>
     <t>#85 John Holm - TE</t>
   </si>
   <si>
-    <t>#81 Richard Hoffmann - WR</t>
+    <t>#81 Richard Hoffmann - LG</t>
   </si>
   <si>
     <t>#19 Billy Ford - WR</t>
   </si>
   <si>
     <t>#61 Bryon Poirier - RG</t>
   </si>
   <si>
     <t>#68 Kristopher Christiansen - C</t>
   </si>
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
   <si>
     <t>#57 Richard French - RG</t>
   </si>
   <si>
     <t>#58 Steven Hyland - RT</t>
   </si>
   <si>
     <t>#61 Joseph Taylor - LDE</t>
   </si>
   <si>
     <t>#96 Bradley Tamez - LDE</t>
   </si>
@@ -548,51 +548,51 @@
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>2-4-PRI 36 (14:08) 7-Gary Villicana pass complete to 12-Thomas Marrero to PRI 41 for 5 yards. Tackle by 41-Fred Waite.</t>
   </si>
   <si>
     <t>#51 John Hampton - SLB</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>PRI 41</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-PRI 41 (13:30) 85-John Holm ran to PRI 44 for 3 yards. Tackle by 54-Nathaniel Sapp.</t>
   </si>
   <si>
-    <t>#59 Micheal Donalson - WLB</t>
+    <t>#59 Micheal Donalson - RDE</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>PRI 44</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Hitch</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-7-PRI 44 (12:50) 7-Gary Villicana pass Pass knocked down by 35-Michael Berrin. incomplete, intended for 87-Richard Hoffmann.</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>3-7-PRI 44 (12:47) 7-Gary Villicana pass Pass knocked down by 92-Clyde Johnson. incomplete, intended for 12-Thomas Marrero.</t>
   </si>
@@ -722,51 +722,51 @@
   <si>
     <t>2-3-ATL 16 (8:17) 7-Gary Villicana pass complete to 30-Chuck Novick to ATL 0 for 16 yards. TOUCHDOWN! 30-Chuck Novick breaks down the CB. PRI 6 ATL 0</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:13) Extra point GOOD by 1-Cory Pate. PRI 7 ATL 0</t>
   </si>
   <si>
     <t>#63 Charles Hamilton - RG</t>
   </si>
   <si>
     <t>#93 Rene Lawson - DT</t>
   </si>
   <si>
-    <t>#95 Cary Laird - DT</t>
+    <t>#57 Cary Laird - DT</t>
   </si>
   <si>
     <t>(8:13) 1-Cory Pate kicks 73 yards from PRI 35 to ATL -8. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-ATL 25 (8:13) 5-John Morris pass Pass knocked down by 92-Jack Coleman. incomplete, intended for 8-Evan Edge.</t>
   </si>
   <si>
     <t>8:08</t>
   </si>
   <si>
     <t>Singleback Slot Strong Skinny Posts</t>
   </si>
   <si>
     <t>2-10-ATL 25 (8:09) 5-John Morris pass Pass knocked down by 51-John Culp. incomplete, intended for 86-Bruce Hebert.</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
@@ -2442,64 +2442,64 @@
     <col min="20" max="20" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>