--- v1 (2026-01-23)
+++ v2 (2026-02-22)
@@ -389,93 +389,93 @@
   <si>
     <t>#54 Travis Heck - DT</t>
   </si>
   <si>
     <t>#91 Chadwick Turner - RDE</t>
   </si>
   <si>
     <t>#48 Lawrence Eldridge - CB</t>
   </si>
   <si>
     <t>#34 Jack Coleman - CB</t>
   </si>
   <si>
     <t>#59 Ellis Jones - CB</t>
   </si>
   <si>
     <t>#97 Pablo Mallory - CB</t>
   </si>
   <si>
     <t>#43 Felix Hunt - CB</t>
   </si>
   <si>
     <t>#39 Victor Holm - CB</t>
   </si>
   <si>
-    <t>#35 Jessie Caldwell - LDE</t>
+    <t>#35 Jessie Caldwell - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-ATL 25 (14:57) 5-John Morris pass Pass knocked down by 59-Ellis Jones. incomplete, intended for 8-Evan Edge.</t>
   </si>
   <si>
     <t>#52 Carlos Gutierrez - LG</t>
   </si>
   <si>
     <t>#45 John Culp - CB</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>3-10-ATL 25 (14:53) 5-John Morris pass Pass knocked down by 51-John Culp. incomplete, intended for 25-Hubert Hernandez.</t>
   </si>
   <si>
     <t>14:48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-ATL 25 (14:49) 99-Billy Suarez punts 45 yards to PRI 30. 45-Henry Casey to PRI 30 for 0 yards. Tackle by 35-Michael Berrin. 20-John Blaker missed that block completely.</t>
   </si>
   <si>
     <t>#99 Billy Suarez - P</t>
   </si>
   <si>
-    <t>#14 Henry Casey - C</t>
+    <t>#14 Henry Casey - WR</t>
   </si>
   <si>
     <t>#30 John Blaker - CB</t>
   </si>
   <si>
     <t>#38 Richard Nguyen - CB</t>
   </si>
   <si>
     <t>#36 George Lewis - CB</t>
   </si>
   <si>
     <t>#33 Dewey Cash - CB</t>
   </si>
   <si>
     <t>#50 Ryan Butler - LG</t>
   </si>
   <si>
     <t>#76 Ricardo Negrete - RG</t>
   </si>
   <si>
     <t>14:41</t>
   </si>
   <si>
     <t>PRI 30</t>
   </si>
@@ -2453,51 +2453,51 @@
     <col min="31" max="31" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>