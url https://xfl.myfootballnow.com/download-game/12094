--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -308,78 +308,78 @@
   <si>
     <t>#83 Adam Hogan - C</t>
   </si>
   <si>
     <t>#63 John Chan - C</t>
   </si>
   <si>
     <t>#49 Richard Espinal - RB</t>
   </si>
   <si>
     <t>#79 William Campbell - C</t>
   </si>
   <si>
     <t>#85 Bryant Minick - LG</t>
   </si>
   <si>
     <t>#77 Jack Stone - C</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#19 Louis Oneill - WR</t>
   </si>
   <si>
-    <t>#16 William Smith - WR</t>
-[...2 lines deleted...]
-    <t>#59 Randy Ruggles - FB</t>
+    <t>#16 William Smith - TE</t>
+  </si>
+  <si>
+    <t>#59 Randy Ruggles - C</t>
   </si>
   <si>
     <t>#7 Ronald Grundy - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 8-Terry Meyer sacked at DAY 17 for -8 yards (93-Jeffrey Davis). Sack allowed by 87-Randy Ruggles.</t>
   </si>
   <si>
     <t>#8 Terry Meyer - QB</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - FB</t>
+    <t>#19 Phillip Mandell - RB</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#51 Dennis Dorn - C</t>
   </si>
   <si>
     <t>#92 Nicholas Knight - RDE</t>
   </si>
   <si>
     <t>#93 Jeffrey Davis - LDE</t>
   </si>
   <si>
     <t>#95 Cecil Hankins - DT</t>
   </si>
   <si>
     <t>#98 Nicholas Bartlow - RDE</t>
   </si>
   <si>
     <t>#20 Thomas Grant - CB</t>
   </si>
   <si>
     <t>#34 Tim Van - CB</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-6-SEA 29 (12:17) 4-Luther McClure ran to SEA 33 for 4 yards. Tackle by 41-John Branch.</t>
   </si>
   <si>
     <t>#4 Luther McClure - WR</t>
   </si>
   <si>
     <t>#87 Fred Oliphant - WR</t>
   </si>
   <si>
     <t>#17 John Enriquez - WR</t>
   </si>
   <si>
     <t>#13 Reyes Vosburg - WR</t>
   </si>
   <si>
     <t>#71 Maxwell Miller - LDE</t>
   </si>
   <si>
     <t>#41 John Branch - WLB</t>
   </si>
   <si>
-    <t>#99 David Hartzler - WLB</t>
+    <t>#99 David Hartzler - SS</t>
   </si>
   <si>
     <t>#25 Carl Parramore - CB</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>SEA 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-1-SEA 33 (11:42) 4-Luther McClure ran to SEA 44 for 11 yards. Tackle by 99-David Hartzler.</t>
   </si>
   <si>
     <t>#18 Lonnie Mitchell - WR</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>SEA 44</t>
   </si>