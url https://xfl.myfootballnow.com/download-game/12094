--- v1 (2025-11-09)
+++ v2 (2025-12-08)
@@ -287,99 +287,99 @@
   <si>
     <t>DAY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Ronald Grundy kicks 75 yards from SEA 35 to DAY -10. Touchback.</t>
   </si>
   <si>
     <t>#12 Louis Chenard - WR</t>
   </si>
   <si>
     <t>#83 Adam Hogan - C</t>
   </si>
   <si>
-    <t>#63 John Chan - C</t>
+    <t>#63 John Chan - RG</t>
   </si>
   <si>
     <t>#49 Richard Espinal - RB</t>
   </si>
   <si>
     <t>#79 William Campbell - C</t>
   </si>
   <si>
-    <t>#85 Bryant Minick - LG</t>
+    <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#77 Jack Stone - C</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#19 Louis Oneill - WR</t>
   </si>
   <si>
-    <t>#16 William Smith - TE</t>
-[...2 lines deleted...]
-    <t>#59 Randy Ruggles - C</t>
+    <t>#16 William Smith - WR</t>
+  </si>
+  <si>
+    <t>#80 Randy Ruggles - TE</t>
   </si>
   <si>
     <t>#7 Ronald Grundy - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 8-Terry Meyer sacked at DAY 17 for -8 yards (93-Jeffrey Davis). Sack allowed by 87-Randy Ruggles.</t>
   </si>
   <si>
     <t>#8 Terry Meyer - QB</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - RB</t>
+    <t>#19 Phillip Mandell - WR</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#51 Dennis Dorn - C</t>
   </si>
   <si>
     <t>#92 Nicholas Knight - RDE</t>
   </si>
   <si>
     <t>#93 Jeffrey Davis - LDE</t>
   </si>
   <si>
     <t>#95 Cecil Hankins - DT</t>
   </si>
   <si>
     <t>#98 Nicholas Bartlow - RDE</t>
   </si>
   <si>
     <t>#20 Thomas Grant - CB</t>
   </si>
   <si>
     <t>#34 Tim Van - CB</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#34 Jesse Tam - CB</t>
   </si>
   <si>
     <t>#42 Steven Million - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>DAY 17</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-18-DAY 17 (14:19) 8-Terry Meyer pass complete to 16-Enrique Pierce to DAY 28 for 10 yards. Tackle by 34-Tim Van. 43-Larry Crook was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#10 Larry Crook - WR</t>
   </si>
   <si>
-    <t>#87 Enrique Pierce - WR</t>
+    <t>#87 Enrique Pierce - C</t>
   </si>
   <si>
     <t>#64 Brandon Barnum - C</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>DAY 28</t>
   </si>
   <si>
     <t>Singleback Normal Hitch Corner</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-7-DAY 28 (13:39) 8-Terry Meyer pass complete to 17-Louis Oneill to DAY 26 for -2 yards. Tackle by 24-Jared Wade.</t>
   </si>
   <si>
     <t>#91 William Martin - RDE</t>
   </si>
   <si>
     <t>#53 Eric Sosa - SLB</t>
   </si>
@@ -479,144 +479,144 @@
   <si>
     <t>#96 Michael Swanson - DT</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>SEA 24</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-SEA 24 (12:54) 88-Manuel Crippen ran to SEA 29 for 4 yards. Tackle by 23-Steven Oliver.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#12 Manuel Crippen - WR</t>
   </si>
   <si>
-    <t>#87 Aubrey Lawson - WR</t>
+    <t>#11 Aubrey Lawson - C</t>
   </si>
   <si>
     <t>#23 Anthony Crawford - RB</t>
   </si>
   <si>
-    <t>#10 Jeffrey Luciani - WR</t>
-[...2 lines deleted...]
-    <t>#45 Clinton Booker - FB</t>
+    <t>#13 Jeffrey Luciani - WR</t>
+  </si>
+  <si>
+    <t>#45 Clinton Booker - TE</t>
   </si>
   <si>
     <t>#60 Kevin Downey - LT</t>
   </si>
   <si>
     <t>#63 Michael Allison - LG</t>
   </si>
   <si>
     <t>#75 John Rousseau - C</t>
   </si>
   <si>
     <t>#79 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#66 Curtis Everette - RT</t>
   </si>
   <si>
-    <t>#53 George Roberts - SS</t>
+    <t>#55 George Roberts - CB</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
     <t>#75 Mike Buchanan - SLB</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
   <si>
     <t>#66 Nathan Cathcart - RDE</t>
   </si>
   <si>
-    <t>#76 John Williams - WLB</t>
+    <t>#76 John Williams - RDE</t>
   </si>
   <si>
     <t>#97 Steven Oliver - RDE</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
-    <t>#28 Donald Michael - WLB</t>
+    <t>#28 Donald Michael - RDE</t>
   </si>
   <si>
     <t>#90 Patrick Wallace - CB</t>
   </si>
   <si>
-    <t>#56 Vincent Watson - CB</t>
+    <t>#29 Vincent Watson - CB</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>SEA 29</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-6-SEA 29 (12:17) 4-Luther McClure ran to SEA 33 for 4 yards. Tackle by 41-John Branch.</t>
   </si>
   <si>
     <t>#4 Luther McClure - WR</t>
   </si>
   <si>
     <t>#87 Fred Oliphant - WR</t>
   </si>
   <si>
     <t>#17 John Enriquez - WR</t>
   </si>
   <si>
     <t>#13 Reyes Vosburg - WR</t>
   </si>
   <si>
     <t>#71 Maxwell Miller - LDE</t>
   </si>
   <si>
-    <t>#41 John Branch - WLB</t>
-[...2 lines deleted...]
-    <t>#99 David Hartzler - SS</t>
+    <t>#41 John Branch - RDE</t>
+  </si>
+  <si>
+    <t>#99 David Hartzler - FS</t>
   </si>
   <si>
     <t>#25 Carl Parramore - CB</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>SEA 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-1-SEA 33 (11:42) 4-Luther McClure ran to SEA 44 for 11 yards. Tackle by 99-David Hartzler.</t>
   </si>
   <si>
     <t>#18 Lonnie Mitchell - WR</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>SEA 44</t>
   </si>
@@ -1235,51 +1235,51 @@
   <si>
     <t>(1:29) 3-Joseph Day kicks 74 yards from DAY 35 to SEA -9. Touchback.</t>
   </si>
   <si>
     <t>#25 John Bingman - WR</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>1-10-SEA 25 (1:29) 88-Manuel Crippen ran to SEA 31 for 6 yards. Tackle by 99-David Hartzler.</t>
   </si>
   <si>
     <t>0:51</t>
   </si>
   <si>
     <t>2-4-SEA 31 (0:50) 1-Stanley McKeon pass Pass knocked down by 28-Donald Michael. incomplete, intended for 13-Reyes Vosburg.</t>
   </si>
   <si>
     <t>0:46</t>
   </si>
   <si>
     <t>3-4-SEA 31 (0:47) 1-Stanley McKeon pass complete to 4-Luther McClure to SEA 45 for 15 yards. Tackle by 90-Patrick Wallace. Great move by 4-Luther McClure to get free of his coverage. PENALTY - Holding (SEA 55-John Rousseau)</t>
   </si>
   <si>
-    <t>#48 Alex Schmidt - SLB</t>
+    <t>#59 Alex Schmidt - SLB</t>
   </si>
   <si>
     <t>0:41</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>3-14-SEA 21 (0:42) 88-Manuel Crippen ran to SEA 22 for 2 yards. Tackle by 41-John Branch.</t>
   </si>
   <si>
     <t>0:10</t>
   </si>
   <si>
     <t>SEA 22</t>
   </si>
   <si>
     <t>4-13-SEA 22 (0:09) 9-Robert Keith punts 47 yards to DAY 30. 19-Phillip Mandell to DAY 39 for 9 yards. Tackle by 79-Harland Chamberlain.</t>
   </si>
   <si>
     <t>0:01</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>