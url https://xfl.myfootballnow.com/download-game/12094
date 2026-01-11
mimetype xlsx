--- v2 (2025-12-08)
+++ v3 (2026-01-11)
@@ -395,51 +395,51 @@
   <si>
     <t>#34 Jesse Tam - CB</t>
   </si>
   <si>
     <t>#42 Steven Million - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>DAY 17</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-18-DAY 17 (14:19) 8-Terry Meyer pass complete to 16-Enrique Pierce to DAY 28 for 10 yards. Tackle by 34-Tim Van. 43-Larry Crook was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#10 Larry Crook - WR</t>
   </si>
   <si>
-    <t>#87 Enrique Pierce - C</t>
+    <t>#87 Enrique Pierce - WR</t>
   </si>
   <si>
     <t>#64 Brandon Barnum - C</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>DAY 28</t>
   </si>
   <si>
     <t>Singleback Normal Hitch Corner</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-7-DAY 28 (13:39) 8-Terry Meyer pass complete to 17-Louis Oneill to DAY 26 for -2 yards. Tackle by 24-Jared Wade.</t>
   </si>
   <si>
     <t>#91 William Martin - RDE</t>
   </si>
   <si>
     <t>#53 Eric Sosa - SLB</t>
   </si>
@@ -500,120 +500,120 @@
   <si>
     <t>#12 Manuel Crippen - WR</t>
   </si>
   <si>
     <t>#11 Aubrey Lawson - C</t>
   </si>
   <si>
     <t>#23 Anthony Crawford - RB</t>
   </si>
   <si>
     <t>#13 Jeffrey Luciani - WR</t>
   </si>
   <si>
     <t>#45 Clinton Booker - TE</t>
   </si>
   <si>
     <t>#60 Kevin Downey - LT</t>
   </si>
   <si>
     <t>#63 Michael Allison - LG</t>
   </si>
   <si>
     <t>#75 John Rousseau - C</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#66 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#66 Curtis Everette - RT</t>
   </si>
   <si>
-    <t>#55 George Roberts - CB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
     <t>#75 Mike Buchanan - SLB</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
   <si>
     <t>#66 Nathan Cathcart - RDE</t>
   </si>
   <si>
     <t>#76 John Williams - RDE</t>
   </si>
   <si>
     <t>#97 Steven Oliver - RDE</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
-    <t>#28 Donald Michael - RDE</t>
+    <t>#28 Donald Michael - CB</t>
   </si>
   <si>
     <t>#90 Patrick Wallace - CB</t>
   </si>
   <si>
     <t>#29 Vincent Watson - CB</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>SEA 29</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-6-SEA 29 (12:17) 4-Luther McClure ran to SEA 33 for 4 yards. Tackle by 41-John Branch.</t>
   </si>
   <si>
     <t>#4 Luther McClure - WR</t>
   </si>
   <si>
     <t>#87 Fred Oliphant - WR</t>
   </si>
   <si>
     <t>#17 John Enriquez - WR</t>
   </si>
   <si>
     <t>#13 Reyes Vosburg - WR</t>
   </si>
   <si>
     <t>#71 Maxwell Miller - LDE</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#99 David Hartzler - FS</t>
   </si>
   <si>
     <t>#25 Carl Parramore - CB</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>SEA 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-1-SEA 33 (11:42) 4-Luther McClure ran to SEA 44 for 11 yards. Tackle by 99-David Hartzler.</t>
   </si>
   <si>
     <t>#18 Lonnie Mitchell - WR</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
@@ -2305,53 +2305,53 @@
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>