--- v3 (2026-01-11)
+++ v4 (2026-02-19)
@@ -425,51 +425,51 @@
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>DAY 28</t>
   </si>
   <si>
     <t>Singleback Normal Hitch Corner</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-7-DAY 28 (13:39) 8-Terry Meyer pass complete to 17-Louis Oneill to DAY 26 for -2 yards. Tackle by 24-Jared Wade.</t>
   </si>
   <si>
     <t>#91 William Martin - RDE</t>
   </si>
   <si>
     <t>#53 Eric Sosa - SLB</t>
   </si>
   <si>
     <t>#24 Jared Wade - CB</t>
   </si>
   <si>
-    <t>#37 Gerald Lamothe - CB</t>
+    <t>#48 Gerald Lamothe - CB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>DAY 26</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-DAY 26 (13:01) 5-George Brown punts 50 yards to SEA 24. Fair Catch by 33-John Moffet.</t>
   </si>
   <si>
     <t>#5 George Brown - P</t>
   </si>
   <si>
     <t>#19 John Moffet - WR</t>
   </si>
   <si>
     <t>#85 Norman Martin - RT</t>
   </si>
@@ -479,105 +479,105 @@
   <si>
     <t>#96 Michael Swanson - DT</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>SEA 24</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-SEA 24 (12:54) 88-Manuel Crippen ran to SEA 29 for 4 yards. Tackle by 23-Steven Oliver.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#12 Manuel Crippen - WR</t>
   </si>
   <si>
-    <t>#11 Aubrey Lawson - C</t>
+    <t>#63 Aubrey Lawson - C</t>
   </si>
   <si>
     <t>#23 Anthony Crawford - RB</t>
   </si>
   <si>
     <t>#13 Jeffrey Luciani - WR</t>
   </si>
   <si>
     <t>#45 Clinton Booker - TE</t>
   </si>
   <si>
     <t>#60 Kevin Downey - LT</t>
   </si>
   <si>
     <t>#63 Michael Allison - LG</t>
   </si>
   <si>
     <t>#75 John Rousseau - C</t>
   </si>
   <si>
-    <t>#66 Harland Chamberlain - C</t>
+    <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#66 Curtis Everette - RT</t>
   </si>
   <si>
     <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
     <t>#75 Mike Buchanan - SLB</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
   <si>
     <t>#66 Nathan Cathcart - RDE</t>
   </si>
   <si>
     <t>#76 John Williams - RDE</t>
   </si>
   <si>
     <t>#97 Steven Oliver - RDE</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
     <t>#28 Donald Michael - CB</t>
   </si>
   <si>
-    <t>#90 Patrick Wallace - CB</t>
+    <t>#25 Patrick Wallace - CB</t>
   </si>
   <si>
     <t>#29 Vincent Watson - CB</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>SEA 29</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-6-SEA 29 (12:17) 4-Luther McClure ran to SEA 33 for 4 yards. Tackle by 41-John Branch.</t>
   </si>
   <si>
     <t>#4 Luther McClure - WR</t>
   </si>
   <si>
     <t>#87 Fred Oliphant - WR</t>
   </si>