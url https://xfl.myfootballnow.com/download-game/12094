--- v4 (2026-02-19)
+++ v5 (2026-03-31)
@@ -335,63 +335,63 @@
   <si>
     <t>#80 Randy Ruggles - TE</t>
   </si>
   <si>
     <t>#7 Ronald Grundy - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 8-Terry Meyer sacked at DAY 17 for -8 yards (93-Jeffrey Davis). Sack allowed by 87-Randy Ruggles.</t>
   </si>
   <si>
     <t>#8 Terry Meyer - QB</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - WR</t>
+    <t>#19 Phillip Mandell - C</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#51 Dennis Dorn - C</t>
   </si>
   <si>
     <t>#92 Nicholas Knight - RDE</t>
   </si>
   <si>
-    <t>#93 Jeffrey Davis - LDE</t>
+    <t>#72 Jeffrey Davis - LDE</t>
   </si>
   <si>
     <t>#95 Cecil Hankins - DT</t>
   </si>
   <si>
     <t>#98 Nicholas Bartlow - RDE</t>
   </si>
   <si>
     <t>#20 Thomas Grant - CB</t>
   </si>
   <si>
     <t>#34 Tim Van - CB</t>
   </si>
   <si>
     <t>#32 Carl Stacey - CB</t>
   </si>
   <si>
     <t>#46 Thomas Thomas - CB</t>
   </si>
   <si>
     <t>#3 James Rosen - CB</t>
   </si>
   <si>
     <t>#34 Jesse Tam - CB</t>
   </si>
@@ -1214,51 +1214,51 @@
   <si>
     <t>2-18-SEA 39 (1:42) 8-Terry Meyer pass Pass knocked down by 42-Steven Million. incomplete, intended for 18-Steven Jackson.</t>
   </si>
   <si>
     <t>1:35</t>
   </si>
   <si>
     <t>3-18-SEA 39 (1:36) 8-Terry Meyer pass Pass knocked down by 42-Steven Million. incomplete, intended for 38-Sterling Drake.</t>
   </si>
   <si>
     <t>1:32</t>
   </si>
   <si>
     <t>4-18-SEA 39 (1:33) 3-Joseph Day 57 yard field goal is GOOD. DAY 3 SEA 10</t>
   </si>
   <si>
     <t>#3 Joseph Day - K</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
   <si>
     <t>(1:29) 3-Joseph Day kicks 74 yards from DAY 35 to SEA -9. Touchback.</t>
   </si>
   <si>
-    <t>#25 John Bingman - WR</t>
+    <t>#25 John Bingman - C</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>1-10-SEA 25 (1:29) 88-Manuel Crippen ran to SEA 31 for 6 yards. Tackle by 99-David Hartzler.</t>
   </si>
   <si>
     <t>0:51</t>
   </si>
   <si>
     <t>2-4-SEA 31 (0:50) 1-Stanley McKeon pass Pass knocked down by 28-Donald Michael. incomplete, intended for 13-Reyes Vosburg.</t>
   </si>
   <si>
     <t>0:46</t>
   </si>
   <si>
     <t>3-4-SEA 31 (0:47) 1-Stanley McKeon pass complete to 4-Luther McClure to SEA 45 for 15 yards. Tackle by 90-Patrick Wallace. Great move by 4-Luther McClure to get free of his coverage. PENALTY - Holding (SEA 55-John Rousseau)</t>
   </si>
   <si>
     <t>#59 Alex Schmidt - SLB</t>
   </si>
   <si>
     <t>0:41</t>
   </si>
@@ -2280,51 +2280,51 @@
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>