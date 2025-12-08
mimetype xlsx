--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -284,75 +284,75 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>IND has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>PRI</t>
   </si>
   <si>
     <t>PRI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Cory Pate kicks 74 yards from PRI 35 to IND -9. Touchback.</t>
   </si>
   <si>
     <t>#23 Ryan Boston - CB</t>
   </si>
   <si>
-    <t>#52 Patrick Taylor - RDE</t>
+    <t>#72 Patrick Taylor - RDE</t>
   </si>
   <si>
     <t>#57 Anthony Buehler - RT</t>
   </si>
   <si>
     <t>#13 Greg Hall - WR</t>
   </si>
   <si>
     <t>#70 Arthur Keck - LDE</t>
   </si>
   <si>
     <t>#39 Bryant Lopez - WR</t>
   </si>
   <si>
     <t>#75 Harold Elser - DT</t>
   </si>
   <si>
     <t>#10 Armand Hayne - WR</t>
   </si>
   <si>
     <t>#86 Robert Pasillas - WR</t>
   </si>
   <si>
-    <t>#65 Michael Crawford - RT</t>
+    <t>#61 Michael Crawford - RT</t>
   </si>
   <si>
     <t>#82 Cornelius Worrell - WR</t>
   </si>
   <si>
     <t>#1 Cory Pate - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 80-Anthony Ferry ran to IND 28 for 3 yards. Tackle by 59-Ellis Jones.</t>
   </si>
   <si>
     <t>#6 Jeffrey Lovell - QB</t>
   </si>
@@ -380,51 +380,51 @@
   <si>
     <t>#59 Everett Thompson - RG</t>
   </si>
   <si>
     <t>#62 Todd Gallant - RT</t>
   </si>
   <si>
     <t>#52 John Woods - LDE</t>
   </si>
   <si>
     <t>#77 Chris Savage - DT</t>
   </si>
   <si>
     <t>#98 John Nguyen - DT</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
     <t>#97 Pablo Mallory - CB</t>
   </si>
   <si>
     <t>#59 Ellis Jones - CB</t>
   </si>
   <si>
-    <t>#90 Jessie Caldwell - CB</t>
+    <t>#35 Jessie Caldwell - FS</t>
   </si>
   <si>
     <t>#43 Felix Hunt - CB</t>
   </si>
   <si>
     <t>#34 Jack Coleman - CB</t>
   </si>
   <si>
     <t>#30 John Blaker - CB</t>
   </si>
   <si>
     <t>#39 Victor Holm - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>IND 28</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
@@ -485,66 +485,66 @@
   <si>
     <t>IND 35</t>
   </si>
   <si>
     <t>3-14-IND 35 (11:39) 6-Jeffrey Lovell pass incomplete, intended for 16-Orville Witten.</t>
   </si>
   <si>
     <t>#96 Raymond Kuhns - RDE</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-14-IND 35 (11:37) 12-Kevin Roth punts 48 yards to PRI 17. Fair Catch by 45-Henry Casey.</t>
   </si>
   <si>
     <t>#12 Kevin Roth - P</t>
   </si>
   <si>
-    <t>#45 Henry Casey - WR</t>
+    <t>#14 Henry Casey - WR</t>
   </si>
   <si>
     <t>#36 George Lewis - CB</t>
   </si>
   <si>
     <t>#71 Dennis Vickers - LT</t>
   </si>
   <si>
     <t>#73 Quintin Duffy - C</t>
   </si>
   <si>
     <t>#77 Alexander Acker - C</t>
   </si>
   <si>
-    <t>#76 Travis Heck - DT</t>
+    <t>#54 Travis Heck - DT</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>PRI 17</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-PRI 17 (11:31) 42-Timothy Menendez ran to PRI 25 for 8 yards. Tackle by 53-Thomas Richards.</t>
   </si>
   <si>
     <t>#7 Gary Villicana - QB</t>
   </si>
   <si>
     <t>#42 Timothy Menendez - WR</t>
   </si>
   <si>
     <t>#23 David Grant - WR</t>
   </si>