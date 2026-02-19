--- v1 (2025-12-08)
+++ v2 (2026-02-19)
@@ -290,120 +290,120 @@
   <si>
     <t>PRI</t>
   </si>
   <si>
     <t>PRI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Cory Pate kicks 74 yards from PRI 35 to IND -9. Touchback.</t>
   </si>
   <si>
     <t>#23 Ryan Boston - CB</t>
   </si>
   <si>
     <t>#72 Patrick Taylor - RDE</t>
   </si>
   <si>
     <t>#57 Anthony Buehler - RT</t>
   </si>
   <si>
-    <t>#13 Greg Hall - WR</t>
-[...2 lines deleted...]
-    <t>#70 Arthur Keck - LDE</t>
+    <t>#80 Greg Hall - CB</t>
+  </si>
+  <si>
+    <t>#60 Arthur Keck - LDE</t>
   </si>
   <si>
     <t>#39 Bryant Lopez - WR</t>
   </si>
   <si>
     <t>#75 Harold Elser - DT</t>
   </si>
   <si>
     <t>#10 Armand Hayne - WR</t>
   </si>
   <si>
     <t>#86 Robert Pasillas - WR</t>
   </si>
   <si>
     <t>#61 Michael Crawford - RT</t>
   </si>
   <si>
     <t>#82 Cornelius Worrell - WR</t>
   </si>
   <si>
     <t>#1 Cory Pate - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 80-Anthony Ferry ran to IND 28 for 3 yards. Tackle by 59-Ellis Jones.</t>
   </si>
   <si>
     <t>#6 Jeffrey Lovell - QB</t>
   </si>
   <si>
     <t>#80 Anthony Ferry - WR</t>
   </si>
   <si>
     <t>#22 Brian Richards - WR</t>
   </si>
   <si>
-    <t>#81 Robert Morison - WR</t>
+    <t>#19 Robert Morison - WR</t>
   </si>
   <si>
     <t>#16 Orville Witten - WR</t>
   </si>
   <si>
     <t>#74 Michael Phelan - LT</t>
   </si>
   <si>
     <t>#64 Cary Wieczorek - LG</t>
   </si>
   <si>
     <t>#55 Roger Cory - C</t>
   </si>
   <si>
     <t>#59 Everett Thompson - RG</t>
   </si>
   <si>
-    <t>#62 Todd Gallant - RT</t>
+    <t>#63 Todd Gallant - RG</t>
   </si>
   <si>
     <t>#52 John Woods - LDE</t>
   </si>
   <si>
     <t>#77 Chris Savage - DT</t>
   </si>
   <si>
     <t>#98 John Nguyen - DT</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
     <t>#97 Pablo Mallory - CB</t>
   </si>
   <si>
     <t>#59 Ellis Jones - CB</t>
   </si>
   <si>
     <t>#35 Jessie Caldwell - FS</t>
   </si>
   <si>
     <t>#43 Felix Hunt - CB</t>
   </si>
@@ -530,78 +530,78 @@
   <si>
     <t>PRI 17</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-PRI 17 (11:31) 42-Timothy Menendez ran to PRI 25 for 8 yards. Tackle by 53-Thomas Richards.</t>
   </si>
   <si>
     <t>#7 Gary Villicana - QB</t>
   </si>
   <si>
     <t>#42 Timothy Menendez - WR</t>
   </si>
   <si>
     <t>#23 David Grant - WR</t>
   </si>
   <si>
     <t>#86 Jimmy Teague - WR</t>
   </si>
   <si>
-    <t>#81 Richard Hoffmann - WR</t>
+    <t>#81 Richard Hoffmann - LG</t>
   </si>
   <si>
     <t>#51 Joseph Jacob - LT</t>
   </si>
   <si>
     <t>#54 Stanley Anderson - LG</t>
   </si>
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
   <si>
     <t>#61 Bryon Poirier - RG</t>
   </si>
   <si>
     <t>#58 Steven Hyland - RT</t>
   </si>
   <si>
     <t>#69 Karl Tong - DT</t>
   </si>
   <si>
     <t>#94 Kenneth Strauss - RDE</t>
   </si>
   <si>
     <t>#28 Richard Boothe - CB</t>
   </si>
   <si>
-    <t>#50 Nathan Hall - SLB</t>
+    <t>#54 Nathan Hall - WLB</t>
   </si>
   <si>
     <t>#43 David Jones - CB</t>
   </si>
   <si>
     <t>#40 Chris Sims - CB</t>
   </si>
   <si>
     <t>#34 Matthew McClendon - CB</t>
   </si>
   <si>
     <t>#53 Thomas Richards - CB</t>
   </si>
   <si>
     <t>#51 Robert Justice - FS</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>PRI 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -617,108 +617,108 @@
   <si>
     <t>10:11</t>
   </si>
   <si>
     <t>PRI 32</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>1-10-PRI 32 (10:10) 11-Ezequiel Mattos ran to PRI 32 for a short loss. Tackle by 28-Richard Boothe.</t>
   </si>
   <si>
     <t>#11 Ezequiel Mattos - WR</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>2-10-PRI 32 (9:34) 7-Gary Villicana pass complete to 86-Jimmy Teague to PRI 30 for -2 yards. Tackle by 41-Matthew McClendon.</t>
   </si>
   <si>
-    <t>#35 Andrew Brodbeck - CB</t>
+    <t>#35 Andrew Brodbeck - WLB</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>PRI 30</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>3-12-PRI 30 (9:00) 7-Gary Villicana pass complete to 87-Richard Hoffmann to PRI 35 for 4 yards. Tackle by 43-David Jones.</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>4-7-PRI 35 (8:22) 2-Daniel Moore punts 43 yards to IND 22. Fair Catch by 23-Ryan Boston.</t>
   </si>
   <si>
     <t>#2 Daniel Moore - P</t>
   </si>
   <si>
     <t>#75 Milford Smith - RG</t>
   </si>
   <si>
     <t>#57 Richard French - RG</t>
   </si>
   <si>
     <t>#60 Mathew Felton - C</t>
   </si>
   <si>
     <t>#78 Philip Harris - RT</t>
   </si>
   <si>
     <t>#56 Peter Epperly - LDE</t>
   </si>
   <si>
-    <t>#93 John Keller - SLB</t>
+    <t>#54 John Keller - MLB</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>IND 22</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-IND 22 (8:16) 80-Anthony Ferry ran to IND 31 for 10 yards. Tackle by 43-Felix Hunt.</t>
   </si>
   <si>
-    <t>#84 Glenn Moreno - WR</t>
+    <t>#81 Glenn Moreno - WR</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-1-IND 31 (7:41) 6-Jeffrey Lovell pass complete to 22-Brian Richards to IND 42 for 10 yards. Tackle by 39-Victor Holm. Pressure by 79-John Woods.</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
   <si>
     <t>IND 42</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-IND 42 (6:55) 6-Jeffrey Lovell pass Pass knocked down by 43-Felix Hunt. incomplete, intended for 22-Brian Richards.</t>
   </si>
@@ -785,51 +785,51 @@
   <si>
     <t>PRI 20</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-6-PRI 20 (5:20) 6-Jeffrey Lovell pass complete to 80-Anthony Ferry to PRI 19 for 2 yards. Tackle by 97-Pablo Mallory.</t>
   </si>
   <si>
     <t>4:36</t>
   </si>
   <si>
     <t>PRI 19</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-PRI 19 (4:35) 5-Shannon Smith 37 yard field goal is GOOD. PRI 0 IND 3</t>
   </si>
   <si>
-    <t>#11 Juan Dotson - QB</t>
+    <t>#2 Juan Dotson - QB</t>
   </si>
   <si>
     <t>#5 Shannon Smith - K</t>
   </si>
   <si>
     <t>#79 Larry Smith - RG</t>
   </si>
   <si>
     <t>#67 Ian Castillo - DT</t>
   </si>
   <si>
     <t>#71 Robert Sylvia - DT</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>(4:32) 5-Shannon Smith kicks 74 yards from IND 35 to PRI -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>46 Heavy LB Weak Blitz</t>
   </si>
@@ -851,51 +851,51 @@
   <si>
     <t>3:45</t>
   </si>
   <si>
     <t>3-4-PRI 31 (3:46) 7-Gary Villicana pass complete to 42-Timothy Menendez to PRI 38 for 7 yards. Tackle by 53-Thomas Richards.</t>
   </si>
   <si>
     <t>#19 Billy Ford - WR</t>
   </si>
   <si>
     <t>#30 Chuck Novick - WR</t>
   </si>
   <si>
     <t>3:12</t>
   </si>
   <si>
     <t>PRI 38</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-PRI 38 (3:11) 7-Gary Villicana pass complete to 12-Thomas Marrero to IND 47 for 15 yards. Tackle by 98-Francisco Mack. Great move by 12-Thomas Marrero to get free of his coverage.</t>
   </si>
   <si>
-    <t>#25 Eric Abarca - CB</t>
+    <t>#25 Eric Abarca - WLB</t>
   </si>
   <si>
     <t>#98 Francisco Mack - WLB</t>
   </si>
   <si>
     <t>2:25</t>
   </si>
   <si>
     <t>IND 47</t>
   </si>
   <si>
     <t>1-10-IND 47 (2:24) 7-Gary Villicana pass complete to 10-Larry Crook to IND 37 for 10 yards. Tackle by 35-Andrew Brodbeck. Great move by 10-Larry Crook to get free of his coverage.</t>
   </si>
   <si>
     <t>#10 Larry Crook - WR</t>
   </si>
   <si>
     <t>1:48</t>
   </si>
   <si>
     <t>IND 37</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -2262,51 +2262,51 @@
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>