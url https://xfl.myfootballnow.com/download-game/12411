--- v2 (2026-02-19)
+++ v3 (2026-03-31)
@@ -290,51 +290,51 @@
   <si>
     <t>PRI</t>
   </si>
   <si>
     <t>PRI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Cory Pate kicks 74 yards from PRI 35 to IND -9. Touchback.</t>
   </si>
   <si>
     <t>#23 Ryan Boston - CB</t>
   </si>
   <si>
     <t>#72 Patrick Taylor - RDE</t>
   </si>
   <si>
     <t>#57 Anthony Buehler - RT</t>
   </si>
   <si>
-    <t>#80 Greg Hall - CB</t>
+    <t>#80 Greg Hall - WR</t>
   </si>
   <si>
     <t>#60 Arthur Keck - LDE</t>
   </si>
   <si>
     <t>#39 Bryant Lopez - WR</t>
   </si>
   <si>
     <t>#75 Harold Elser - DT</t>
   </si>
   <si>
     <t>#10 Armand Hayne - WR</t>
   </si>
   <si>
     <t>#86 Robert Pasillas - WR</t>
   </si>
   <si>
     <t>#61 Michael Crawford - RT</t>
   </si>
   <si>
     <t>#82 Cornelius Worrell - WR</t>
   </si>
   <si>
     <t>#1 Cory Pate - K</t>
   </si>
@@ -380,51 +380,51 @@
   <si>
     <t>#59 Everett Thompson - RG</t>
   </si>
   <si>
     <t>#63 Todd Gallant - RG</t>
   </si>
   <si>
     <t>#52 John Woods - LDE</t>
   </si>
   <si>
     <t>#77 Chris Savage - DT</t>
   </si>
   <si>
     <t>#98 John Nguyen - DT</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
     <t>#97 Pablo Mallory - CB</t>
   </si>
   <si>
     <t>#59 Ellis Jones - CB</t>
   </si>
   <si>
-    <t>#35 Jessie Caldwell - FS</t>
+    <t>#35 Jessie Caldwell - LDE</t>
   </si>
   <si>
     <t>#43 Felix Hunt - CB</t>
   </si>
   <si>
     <t>#34 Jack Coleman - CB</t>
   </si>
   <si>
     <t>#30 John Blaker - CB</t>
   </si>
   <si>
     <t>#39 Victor Holm - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>IND 28</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>IND 35</t>
   </si>
   <si>
     <t>3-14-IND 35 (11:39) 6-Jeffrey Lovell pass incomplete, intended for 16-Orville Witten.</t>
   </si>
   <si>
     <t>#96 Raymond Kuhns - RDE</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-14-IND 35 (11:37) 12-Kevin Roth punts 48 yards to PRI 17. Fair Catch by 45-Henry Casey.</t>
   </si>
   <si>
     <t>#12 Kevin Roth - P</t>
   </si>
   <si>
-    <t>#14 Henry Casey - WR</t>
+    <t>#14 Henry Casey - C</t>
   </si>
   <si>
     <t>#36 George Lewis - CB</t>
   </si>
   <si>
     <t>#71 Dennis Vickers - LT</t>
   </si>
   <si>
     <t>#73 Quintin Duffy - C</t>
   </si>
   <si>
     <t>#77 Alexander Acker - C</t>
   </si>
   <si>
     <t>#54 Travis Heck - DT</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>PRI 17</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
   <si>
     <t>#61 Bryon Poirier - RG</t>
   </si>
   <si>
     <t>#58 Steven Hyland - RT</t>
   </si>
   <si>
     <t>#69 Karl Tong - DT</t>
   </si>
   <si>
     <t>#94 Kenneth Strauss - RDE</t>
   </si>
   <si>
     <t>#28 Richard Boothe - CB</t>
   </si>
   <si>
     <t>#54 Nathan Hall - WLB</t>
   </si>
   <si>
     <t>#43 David Jones - CB</t>
   </si>
   <si>
-    <t>#40 Chris Sims - CB</t>
+    <t>#40 Chris Sims - WLB</t>
   </si>
   <si>
     <t>#34 Matthew McClendon - CB</t>
   </si>
   <si>
     <t>#53 Thomas Richards - CB</t>
   </si>
   <si>
     <t>#51 Robert Justice - FS</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>PRI 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-2-PRI 25 (10:51) 7-Gary Villicana pass complete to 42-Timothy Menendez to PRI 32 for 7 yards. Tackle by 43-David Jones.</t>
   </si>