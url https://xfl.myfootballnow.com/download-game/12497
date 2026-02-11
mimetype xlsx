--- v0 (2025-11-10)
+++ v1 (2026-02-11)
@@ -296,123 +296,123 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Clinton Matheson kicks 68 yards from TBY 35 to IND -3. 23-Ryan Boston to IND 28 for 33 yards. Tackle by 46-Bradley Jones. 13-Greg Hall totally missed that block.</t>
   </si>
   <si>
     <t>#23 Ryan Boston - CB</t>
   </si>
   <si>
     <t>#59 Everett Thompson - RG</t>
   </si>
   <si>
     <t>#75 Harold Elser - DT</t>
   </si>
   <si>
     <t>#4 Peter Woods - WR</t>
   </si>
   <si>
     <t>#57 Anthony Buehler - RT</t>
   </si>
   <si>
-    <t>#84 Glenn Moreno - WR</t>
-[...2 lines deleted...]
-    <t>#13 Greg Hall - WR</t>
+    <t>#81 Glenn Moreno - WR</t>
+  </si>
+  <si>
+    <t>#80 Greg Hall - CB</t>
   </si>
   <si>
     <t>#39 Bryant Lopez - WR</t>
   </si>
   <si>
-    <t>#35 Andrew Brodbeck - CB</t>
+    <t>#35 Andrew Brodbeck - WLB</t>
   </si>
   <si>
     <t>#10 Armand Hayne - WR</t>
   </si>
   <si>
-    <t>#70 Arthur Keck - LDE</t>
+    <t>#60 Arthur Keck - LDE</t>
   </si>
   <si>
     <t>#8 Clinton Matheson - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>IND 28</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-IND 28 (14:56) 6-Jeffrey Lovell pass incomplete, intended for 22-Brian Richards.</t>
   </si>
   <si>
     <t>#6 Jeffrey Lovell - QB</t>
   </si>
   <si>
     <t>#16 Orville Witten - WR</t>
   </si>
   <si>
     <t>#80 Anthony Ferry - WR</t>
   </si>
   <si>
     <t>#22 Brian Richards - WR</t>
   </si>
   <si>
-    <t>#81 Robert Morison - WR</t>
+    <t>#19 Robert Morison - WR</t>
   </si>
   <si>
     <t>#74 Michael Phelan - LT</t>
   </si>
   <si>
     <t>#64 Cary Wieczorek - LG</t>
   </si>
   <si>
     <t>#76 James Harrington - C</t>
   </si>
   <si>
-    <t>#62 Todd Gallant - RT</t>
+    <t>#63 Todd Gallant - RG</t>
   </si>
   <si>
     <t>#95 William Tighe - LDE</t>
   </si>
   <si>
-    <t>#70 John Garrison - DT</t>
-[...2 lines deleted...]
-    <t>#98 Francisco Ocasio - RDE</t>
+    <t>#55 John Garrison - DT</t>
+  </si>
+  <si>
+    <t>#70 Francisco Ocasio - RDE</t>
   </si>
   <si>
     <t>#98 Winston Callahan - RDE</t>
   </si>
   <si>
     <t>#96 Michael Navarre - SLB</t>
   </si>
   <si>
     <t>#55 William Mixon - MLB</t>
   </si>
   <si>
     <t>#57 William Thompson - WLB</t>
   </si>
   <si>
     <t>#41 Boyd Woods - CB</t>
   </si>
   <si>
     <t>#46 Bradley Jones - CB</t>
   </si>
   <si>
     <t>#36 Micheal Deputy - SS</t>
   </si>
   <si>
     <t>#48 Charles Blain - FS</t>
   </si>
@@ -452,123 +452,123 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-IND 33 (14:13) 12-Kevin Roth punts 48 yards to TBY 19. 46-Bradley Jones to TBY 27 for 8 yards. Tackle by 74-Michael Phelan.</t>
   </si>
   <si>
     <t>#12 Kevin Roth - P</t>
   </si>
   <si>
     <t>#25 Billy Cantu - CB</t>
   </si>
   <si>
     <t>#57 Russel Bernhardt - SS</t>
   </si>
   <si>
     <t>#50 John Price - DT</t>
   </si>
   <si>
     <t>#33 Roland Mathis - CB</t>
   </si>
   <si>
     <t>#29 Ricky Blum - CB</t>
   </si>
   <si>
-    <t>#66 Felix Nisbett - LG</t>
+    <t>#79 Felix Nisbett - LG</t>
   </si>
   <si>
     <t>#58 Joseph Oceguera - RT</t>
   </si>
   <si>
     <t>#79 Larry Smith - RG</t>
   </si>
   <si>
     <t>#71 Dennis Vickers - LT</t>
   </si>
   <si>
     <t>#90 Michael Gonzales - LDE</t>
   </si>
   <si>
     <t>14:01</t>
   </si>
   <si>
     <t>TBY 27</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 27 (14:02) 5-Luis Phillips sacked at TBY 20 for -8 yards (95-Steven Evans). Sack allowed by 72-James Cannon.</t>
   </si>
   <si>
     <t>#5 Luis Phillips - QB</t>
   </si>
   <si>
     <t>#40 Armando Cox - RB</t>
   </si>
   <si>
     <t>#38 John Brumback - FB</t>
   </si>
   <si>
     <t>#80 Gregory Martinez - TE</t>
   </si>
   <si>
     <t>#85 Michael Sanders - WR</t>
   </si>
   <si>
     <t>#21 Henry Wright - RB</t>
   </si>
   <si>
     <t>#68 Walter Burleson - LT</t>
   </si>
   <si>
-    <t>#64 Michael Dougherty - LG</t>
+    <t>#73 Michael Dougherty - LT</t>
   </si>
   <si>
     <t>#57 Michael Miller - C</t>
   </si>
   <si>
     <t>#72 James Cannon - RT</t>
   </si>
   <si>
     <t>#66 Brandon Warner - RG</t>
   </si>
   <si>
     <t>#95 Steven Evans - RDE</t>
   </si>
   <si>
     <t>#94 Kenneth Strauss - RDE</t>
   </si>
   <si>
     <t>#28 Richard Boothe - CB</t>
   </si>
   <si>
-    <t>#50 Nathan Hall - SLB</t>
+    <t>#54 Nathan Hall - WLB</t>
   </si>
   <si>
     <t>#31 Jonathon Johnson - CB</t>
   </si>
   <si>
     <t>#40 Chris Sims - CB</t>
   </si>
   <si>
     <t>#34 Matthew McClendon - CB</t>
   </si>
   <si>
     <t>#53 Thomas Richards - CB</t>
   </si>
   <si>
     <t>#51 Robert Justice - FS</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>TBY 20</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>#82 Pete Harpole - TE</t>
   </si>
   <si>
     <t>#56 Peter Epperly - LDE</t>
   </si>
   <si>
     <t>12:39</t>
   </si>
   <si>
     <t>TBY 15</t>
   </si>
   <si>
     <t>4-22-TBY 15 (12:40) 1-Dennis McDuffie punts 48 yards to IND 37.</t>
   </si>
   <si>
     <t>#1 Dennis McDuffie - P</t>
   </si>
   <si>
     <t>#73 John Price - RT</t>
   </si>
   <si>
     <t>#63 Jerry Jensen - C</t>
   </si>
   <si>
-    <t>#93 John Keller - SLB</t>
+    <t>#54 John Keller - MLB</t>
   </si>
   <si>
     <t>#55 Roger Cory - C</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>IND 37</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Short</t>
   </si>
   <si>
     <t>1-10-IND 37 (12:31) 6-Jeffrey Lovell pass incomplete, dropped by 81-Robert Morison. IND 59-Everett Thompson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:28</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Drag WR Mix</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
@@ -1139,78 +1139,78 @@
   <si>
     <t>2-5-TBY 47 (9:59) 6-Jeffrey Lovell pass complete to 80-Anthony Ferry to TBY 41 for 7 yards. Tackle by 20-Micheal Deputy.</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>TBY 41</t>
   </si>
   <si>
     <t>1-10-TBY 41 (9:16) 6-Jeffrey Lovell pass Pass knocked down by 96-Michael Navarre. incomplete, intended for 16-Orville Witten.</t>
   </si>
   <si>
     <t>9:11</t>
   </si>
   <si>
     <t>2-10-TBY 41 (9:12) 6-Jeffrey Lovell pass complete to 80-Anthony Ferry to TBY 29 for 11 yards. Tackle by 46-Bradley Jones.</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>1-10-TBY 29 (8:36) 6-Jeffrey Lovell pass Pass knocked down by 25-Billy Cantu. incomplete, intended for 13-Greg Hall.</t>
   </si>
   <si>
-    <t>#91 Vincent McDermott - SLB</t>
+    <t>#57 Vincent McDermott - MLB</t>
   </si>
   <si>
     <t>8:32</t>
   </si>
   <si>
     <t>2-10-TBY 29 (8:33) 6-Jeffrey Lovell pass complete to 80-Anthony Ferry to TBY 24 for 5 yards. Tackle by 20-Micheal Deputy.</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>3-5-TBY 24 (7:55) 6-Jeffrey Lovell pass complete to 87-David Daly to TBY 21 for 3 yards. Tackle by 46-Bradley Jones.</t>
   </si>
   <si>
     <t>7:11</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-TBY 21 (7:10) 5-Shannon Smith 40 yard field goal is GOOD. IND 5 TBY 0</t>
   </si>
   <si>
-    <t>#11 Juan Dotson - QB</t>
+    <t>#2 Juan Dotson - QB</t>
   </si>
   <si>
     <t>#5 Shannon Smith - K</t>
   </si>
   <si>
     <t>#73 Quintin Duffy - C</t>
   </si>
   <si>
     <t>#56 John Smith - WLB</t>
   </si>
   <si>
     <t>7:06</t>
   </si>
   <si>
     <t>(7:07) 5-Shannon Smith kicks 75 yards from IND 35 to TBY -10. Touchback.</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>1-10-TBY 25 (7:07) 5-Luis Phillips pass incomplete, intended for 40-Armando Cox.</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
@@ -1727,51 +1727,51 @@
   <si>
     <t>2-3-TBY 32 (12:07) 6-Jeffrey Lovell pass complete to 84-Glenn Moreno to TBY 27 for 5 yards. Tackle by 41-Boyd Woods.</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>1-10-TBY 27 (11:23) 6-Jeffrey Lovell pass incomplete, intended for 22-Brian Richards. Pressure by 98-Winston Callahan.</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>2-10-TBY 27 (11:21) 6-Jeffrey Lovell pass Pass knocked down by 48-Charles Blain. incomplete, intended for 22-Brian Richards.</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>3-10-TBY 27 (11:18) 16-Orville Witten ran to TBY 23 for 4 yards. Tackle by 20-Micheal Deputy.</t>
   </si>
   <si>
     <t>4-6-TBY 23 (10:43) 5-Shannon Smith 41 yard field goal is GOOD. IND 8 TBY 10</t>
   </si>
   <si>
-    <t>#51 Robert Carrozza - MLB</t>
+    <t>#96 Robert Carrozza - MLB</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>(10:40) 5-Shannon Smith kicks 70 yards from IND 35 to TBY -5. Touchback.</t>
   </si>
   <si>
     <t>1-10-TBY 25 (10:40) 40-Armando Cox ran to TBY 27 for 2 yards. Tackle by 28-Richard Boothe.</t>
   </si>
   <si>
     <t>#78 Adam Argo - DT</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>2-8-TBY 27 (9:58) 5-Luis Phillips pass complete to 40-Armando Cox to TBY 31 for 5 yards. Tackle by 53-Thomas Richards.</t>
   </si>
   <si>
     <t>TBY 31</t>
   </si>
   <si>
     <t>3-4-TBY 31 (9:16) 5-Luis Phillips pass complete to 17-Chester True to TBY 43 for 12 yards. Tackle by 51-Robert Justice. Great move by 17-Chester True to get free of his coverage.</t>
   </si>
@@ -2365,51 +2365,51 @@
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>