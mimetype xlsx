--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -530,51 +530,51 @@
   <si>
     <t>1-10-CIN 18 (12:36) 85-Stanley Post ran to CIN 18 for a short gain. Tackle by 51-Michael Chavis.</t>
   </si>
   <si>
     <t>#9 Lee Chen - QB</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#19 Cedric Wood - WR</t>
   </si>
   <si>
     <t>#14 Larry Shafer - WR</t>
   </si>
   <si>
     <t>#88 Sterling Drake - WR</t>
   </si>
   <si>
     <t>#1 Frank Dardar - WR</t>
   </si>
   <si>
     <t>#65 Joseph Jones - LT</t>
   </si>
   <si>
-    <t>#78 Mark Todd - LT</t>
+    <t>#78 Mark Todd - LG</t>
   </si>
   <si>
     <t>#54 Reginald Crosby - C</t>
   </si>
   <si>
     <t>#72 Alexander Gonzalez - RT</t>
   </si>
   <si>
     <t>#67 Benjamin Marciniak - RT</t>
   </si>
   <si>
     <t>#68 Roy Cousins - LDE</t>
   </si>
   <si>
     <t>#20 Thomas Grant - CB</t>
   </si>
   <si>
     <t>#51 Michael Chavis - MLB</t>
   </si>
   <si>
     <t>#25 Curtis McKenna - CB</t>
   </si>
   <si>
     <t>#42 Steven Million - CB</t>
   </si>