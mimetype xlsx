--- v1 (2025-11-09)
+++ v2 (2025-12-08)
@@ -407,51 +407,51 @@
   <si>
     <t>#46 Luis Foster - CB</t>
   </si>
   <si>
     <t>#39 Everett Saucedo - CB</t>
   </si>
   <si>
     <t>#49 Patrick Gunderson - CB</t>
   </si>
   <si>
     <t>#23 Solomon Michael - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>SEA 41</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-SEA 41 (14:16) 4-Luther McClure ran to SEA 47 for 5 yards. Tackle by 36-William Cipriano.</t>
   </si>
   <si>
-    <t>#87 Aubrey Lawson - WR</t>
+    <t>#11 Aubrey Lawson - C</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>SEA 47</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-5-SEA 47 (13:35) 1-Stanley McKeon pass incomplete, intended for 18-Lonnie Mitchell.</t>
   </si>
   <si>
     <t>#21 John Ashley - CB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
@@ -536,84 +536,84 @@
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#19 Cedric Wood - WR</t>
   </si>
   <si>
     <t>#14 Larry Shafer - WR</t>
   </si>
   <si>
     <t>#88 Sterling Drake - WR</t>
   </si>
   <si>
     <t>#1 Frank Dardar - WR</t>
   </si>
   <si>
     <t>#65 Joseph Jones - LT</t>
   </si>
   <si>
     <t>#78 Mark Todd - LG</t>
   </si>
   <si>
     <t>#54 Reginald Crosby - C</t>
   </si>
   <si>
-    <t>#72 Alexander Gonzalez - RT</t>
+    <t>#58 Alexander Gonzalez - RG</t>
   </si>
   <si>
     <t>#67 Benjamin Marciniak - RT</t>
   </si>
   <si>
     <t>#68 Roy Cousins - LDE</t>
   </si>
   <si>
     <t>#20 Thomas Grant - CB</t>
   </si>
   <si>
     <t>#51 Michael Chavis - MLB</t>
   </si>
   <si>
-    <t>#25 Curtis McKenna - CB</t>
+    <t>#22 Curtis McKenna - CB</t>
   </si>
   <si>
     <t>#42 Steven Million - CB</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-CIN 18 (12:01) (Hot Read) 9-Lee Chen pass complete to 70-Donald Maddox to CIN 13 for -5 yards. Tackle by 25-Curtis McKenna. Pressure by 49-Justin Adams.</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
-    <t>#70 Donald Maddox - C</t>
+    <t>#50 Donald Maddox - C</t>
   </si>
   <si>
     <t>11:58</t>
   </si>
   <si>
     <t>Timeout CIN</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>CIN 13</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-15-CIN 13 (11:30) 19-Cedric Wood ran to CIN 24 for 10 yards. Tackle by 47-Billy Walsh.</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
@@ -746,51 +746,51 @@
   <si>
     <t>3-8-CIN 28 (5:16) 4-Luther McClure ran to CIN 25 for 3 yards. Tackle by 49-Patrick Gunderson.</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-CIN 25 (4:34) 8-John Lee 43 yard field goal is GOOD. CIN 36-William Cipriano was injured on the play. He looks like he should be able to return. CIN 0 SEA 3</t>
   </si>
   <si>
     <t>#8 John Lee - K</t>
   </si>
   <si>
     <t>#93 Clifford Kipp - DT</t>
   </si>
   <si>
-    <t>#91 Charles Fisher - LDE</t>
+    <t>#93 Charles Fisher - LDE</t>
   </si>
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>(4:31) 8-John Lee kicks 74 yards from SEA 35 to CIN -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CIN 25 (4:31) 9-Lee Chen pass complete to 14-Larry Shafer to CIN 34 for 9 yards. Tackle by 25-Curtis McKenna.</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
@@ -986,51 +986,51 @@
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>1-10-CIN 38 (11:09) 9-Lee Chen pass Pass knocked down by 24-Jared Wade. incomplete, intended for 19-Cedric Wood.</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-CIN 38 (11:05) 9-Lee Chen pass Pass knocked down by 36-Bobby Prather. incomplete, intended for 19-Cedric Wood. 25-Curtis McKenna got away with a hold on that play.</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-10-CIN 38 (11:02) 9-Lee Chen pass complete to 88-Sterling Drake to CIN 44 for 5 yards. Tackle by 57-Jesse Tam. 88-Sterling Drake made a great move on the CB.</t>
   </si>
   <si>
-    <t>#58 Vernon Luker - CB</t>
+    <t>#58 Vernon Luker - SS</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>4-5-CIN 44 (10:28) 17-Brian England punts 45 yards to SEA 11. Fair Catch by 33-John Moffet.</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>SEA 11</t>
   </si>
   <si>
     <t>1-10-SEA 11 (10:22) 4-Luther McClure ran to SEA 11 for -1 yards. Tackle by 51-Boyd Tant.</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>2-11-SEA 11 (9:38) 26-Raphael Davis ran to SEA 13 for 2 yards. Tackle by 2-Ken Pace.</t>
   </si>
   <si>
     <t>9:00</t>
   </si>
@@ -2138,51 +2138,51 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="379.764" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>