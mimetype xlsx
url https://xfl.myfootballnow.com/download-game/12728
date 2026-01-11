--- v2 (2025-12-08)
+++ v3 (2026-01-11)
@@ -356,51 +356,51 @@
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#4 Luther McClure - WR</t>
   </si>
   <si>
     <t>#26 Raphael Davis - RB</t>
   </si>
   <si>
     <t>#13 Reyes Vosburg - WR</t>
   </si>
   <si>
     <t>#18 Lonnie Mitchell - WR</t>
   </si>
   <si>
     <t>#60 Kevin Downey - LT</t>
   </si>
   <si>
     <t>#63 Michael Allison - LG</t>
   </si>
   <si>
     <t>#76 James Sullivan - C</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#66 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#66 Curtis Everette - RT</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#76 Micheal Steinman - DT</t>
   </si>
   <si>
     <t>#60 Scott Pattison - DT</t>
   </si>
   <si>
     <t>#53 Harry Ulrich - RDE</t>
   </si>
   <si>
     <t>#31 David Shreve - CB</t>
   </si>
   <si>
     <t>#36 William Cipriano - CB</t>
   </si>
   <si>
     <t>#2 Ken Pace - CB</t>
   </si>