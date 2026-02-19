--- v3 (2026-01-11)
+++ v4 (2026-02-19)
@@ -302,156 +302,156 @@
   <si>
     <t>(15:00) 7-Hal Rogers kicks 74 yards from CIN 35 to SEA -9. Touchback.</t>
   </si>
   <si>
     <t>#19 John Moffet - WR</t>
   </si>
   <si>
     <t>#47 Billy Walsh - CB</t>
   </si>
   <si>
     <t>#3 James Rosen - CB</t>
   </si>
   <si>
     <t>#93 Jeffrey Davis - LDE</t>
   </si>
   <si>
     <t>#90 Tommie Howley - DT</t>
   </si>
   <si>
     <t>#98 Nicholas Bartlow - RDE</t>
   </si>
   <si>
     <t>#32 Carl Stacey - CB</t>
   </si>
   <si>
-    <t>#96 Dennis Schell - DT</t>
+    <t>#92 Dennis Schell - RDE</t>
   </si>
   <si>
     <t>#97 Jorge Adams - LDE</t>
   </si>
   <si>
     <t>#75 Joel Schaffer - DT</t>
   </si>
   <si>
     <t>#49 Justin Adams - CB</t>
   </si>
   <si>
     <t>#7 Hal Rogers - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) 1-Stanley McKeon pass complete to 33-John Moffet to SEA 41 for 16 yards. Tackle by 46-Luis Foster.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#4 Luther McClure - WR</t>
   </si>
   <si>
-    <t>#26 Raphael Davis - RB</t>
+    <t>#38 Raphael Davis - RB</t>
   </si>
   <si>
     <t>#13 Reyes Vosburg - WR</t>
   </si>
   <si>
     <t>#18 Lonnie Mitchell - WR</t>
   </si>
   <si>
     <t>#60 Kevin Downey - LT</t>
   </si>
   <si>
     <t>#63 Michael Allison - LG</t>
   </si>
   <si>
     <t>#76 James Sullivan - C</t>
   </si>
   <si>
-    <t>#66 Harland Chamberlain - C</t>
+    <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#66 Curtis Everette - RT</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#76 Micheal Steinman - DT</t>
   </si>
   <si>
-    <t>#60 Scott Pattison - DT</t>
+    <t>#91 Scott Pattison - DT</t>
   </si>
   <si>
     <t>#53 Harry Ulrich - RDE</t>
   </si>
   <si>
     <t>#31 David Shreve - CB</t>
   </si>
   <si>
     <t>#36 William Cipriano - CB</t>
   </si>
   <si>
     <t>#2 Ken Pace - CB</t>
   </si>
   <si>
     <t>#46 Luis Foster - CB</t>
   </si>
   <si>
     <t>#39 Everett Saucedo - CB</t>
   </si>
   <si>
     <t>#49 Patrick Gunderson - CB</t>
   </si>
   <si>
     <t>#23 Solomon Michael - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>SEA 41</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-SEA 41 (14:16) 4-Luther McClure ran to SEA 47 for 5 yards. Tackle by 36-William Cipriano.</t>
   </si>
   <si>
-    <t>#11 Aubrey Lawson - C</t>
+    <t>#63 Aubrey Lawson - C</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>SEA 47</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-5-SEA 47 (13:35) 1-Stanley McKeon pass incomplete, intended for 18-Lonnie Mitchell.</t>
   </si>
   <si>
     <t>#21 John Ashley - CB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>12:35</t>
   </si>
   <si>
     <t>CIN 18</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 18 (12:36) 85-Stanley Post ran to CIN 18 for a short gain. Tackle by 51-Michael Chavis.</t>
   </si>
   <si>
     <t>#9 Lee Chen - QB</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#19 Cedric Wood - WR</t>
   </si>
   <si>
-    <t>#14 Larry Shafer - WR</t>
+    <t>#17 Larry Shafer - WR</t>
   </si>
   <si>
     <t>#88 Sterling Drake - WR</t>
   </si>
   <si>
     <t>#1 Frank Dardar - WR</t>
   </si>
   <si>
     <t>#65 Joseph Jones - LT</t>
   </si>
   <si>
     <t>#78 Mark Todd - LG</t>
   </si>
   <si>
     <t>#54 Reginald Crosby - C</t>
   </si>
   <si>
     <t>#58 Alexander Gonzalez - RG</t>
   </si>
   <si>
     <t>#67 Benjamin Marciniak - RT</t>
   </si>
   <si>
     <t>#68 Roy Cousins - LDE</t>
   </si>
@@ -779,108 +779,108 @@
   <si>
     <t>(4:31) 8-John Lee kicks 74 yards from SEA 35 to CIN -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CIN 25 (4:31) 9-Lee Chen pass complete to 14-Larry Shafer to CIN 34 for 9 yards. Tackle by 25-Curtis McKenna.</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-1-CIN 34 (3:54) 9-Lee Chen pass complete to 88-Sterling Drake to CIN 47 for 13 yards. Tackle by 24-Jared Wade.</t>
   </si>
   <si>
-    <t>#45 Shawn Sherwood - SS</t>
+    <t>#46 Shawn Sherwood - SS</t>
   </si>
   <si>
     <t>#24 Jared Wade - CB</t>
   </si>
   <si>
     <t>#27 Cecil Havens - SS</t>
   </si>
   <si>
     <t>3:09</t>
   </si>
   <si>
     <t>CIN 47</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-CIN 47 (3:08) 9-Lee Chen pass incomplete, intended for 19-Cedric Wood. CIN 75-Scott Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#37 Gerald Lamothe - CB</t>
+    <t>#48 Gerald Lamothe - CB</t>
   </si>
   <si>
     <t>#34 Jesse Tam - CB</t>
   </si>
   <si>
     <t>3:04</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-10-CIN 47 (3:05) 9-Lee Chen pass incomplete, intended for 1-Frank Dardar. SEA 93-Jeffrey Davis was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#36 Bobby Prather - CB</t>
   </si>
   <si>
     <t>3:00</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-10-CIN 47 (3:01) 9-Lee Chen sacked at CIN 38 for -10 yards (20-Thomas Grant)</t>
   </si>
   <si>
     <t>#18 Rodney Schwartz - WR</t>
   </si>
   <si>
     <t>#32 James West - WR</t>
   </si>
   <si>
     <t>#82 Thomas Lord - WR</t>
   </si>
   <si>
-    <t>#44 Jamie Anderson - CB</t>
+    <t>#44 Jamie Anderson - FS</t>
   </si>
   <si>
     <t>2:26</t>
   </si>
   <si>
     <t>CIN 38</t>
   </si>
   <si>
     <t>4-20-CIN 38 (2:25) 17-Brian England punts 49 yards to SEA 13.</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>SEA 13</t>
   </si>
   <si>
     <t>1-10-SEA 13 (2:16) 4-Luther McClure ran to SEA 17 for 3 yards. Tackle by 51-Boyd Tant.</t>
   </si>
   <si>
     <t>1:40</t>
   </si>
   <si>
     <t>SEA 17</t>
   </si>
@@ -1487,51 +1487,51 @@
   <si>
     <t>1-10-SEA 13 (2:20) 85-Stanley Post ran to SEA 15 for -1 yards. Tackle by 49-Justin Adams.</t>
   </si>
   <si>
     <t>1:39</t>
   </si>
   <si>
     <t>2-11-SEA 15 (1:38) 85-Stanley Post ran to SEA 14 for 1 yards. Tackle by 49-Justin Adams.</t>
   </si>
   <si>
     <t>0:53</t>
   </si>
   <si>
     <t>SEA 14</t>
   </si>
   <si>
     <t>3-10-SEA 14 (0:52) 9-Lee Chen pass complete to 85-Stanley Post to SEA 7 for 6 yards. Tackle by 42-Steven Million. Great move by 85-Stanley Post to get free of his coverage.</t>
   </si>
   <si>
     <t>0:13</t>
   </si>
   <si>
     <t>4-4-SEA 7 (0:12) 7-Hal Rogers 24 yard field goal is GOOD. CIN 9 SEA 10</t>
   </si>
   <si>
-    <t>#11 Eddie Hendrickson - QB</t>
+    <t>#5 Eddie Hendrickson - QB</t>
   </si>
   <si>
     <t>0:08</t>
   </si>
   <si>
     <t>(0:09) 7-Hal Rogers kicks 74 yards from CIN 35 to SEA -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-SEA 25 (0:09) 1-Stanley McKeon sacked at SEA 17 for -8 yards (53-Harry Ulrich). Sack allowed by 60-Kevin Downey. 60-Kevin Downey completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>2-18-SEA 17 (15:00) 1-Stanley McKeon pass complete to 13-Reyes Vosburg for 83 yards. TOUCHDOWN! If the defense doesn't start mixing up their plays a bit more we might see more big gains like that one. SEA 79-Harland Chamberlain was injured on the play. CIN 93-Clifford Kipp was injured on the play. CIN 9 SEA 16</t>
   </si>
   <si>
     <t>14:48</t>
   </si>
   <si>
     <t>(14:49) Extra point GOOD by 8-John Lee. CIN 9 SEA 17</t>
   </si>
   <si>
     <t>#67 James Barlow - RT</t>
   </si>
@@ -2163,51 +2163,51 @@
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>