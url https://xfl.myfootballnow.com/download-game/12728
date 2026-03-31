--- v4 (2026-02-19)
+++ v5 (2026-03-31)
@@ -290,51 +290,51 @@
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Hal Rogers kicks 74 yards from CIN 35 to SEA -9. Touchback.</t>
   </si>
   <si>
     <t>#19 John Moffet - WR</t>
   </si>
   <si>
     <t>#47 Billy Walsh - CB</t>
   </si>
   <si>
     <t>#3 James Rosen - CB</t>
   </si>
   <si>
-    <t>#93 Jeffrey Davis - LDE</t>
+    <t>#72 Jeffrey Davis - LDE</t>
   </si>
   <si>
     <t>#90 Tommie Howley - DT</t>
   </si>
   <si>
     <t>#98 Nicholas Bartlow - RDE</t>
   </si>
   <si>
     <t>#32 Carl Stacey - CB</t>
   </si>
   <si>
     <t>#92 Dennis Schell - RDE</t>
   </si>
   <si>
     <t>#97 Jorge Adams - LDE</t>
   </si>
   <si>
     <t>#75 Joel Schaffer - DT</t>
   </si>
   <si>
     <t>#49 Justin Adams - CB</t>
   </si>
   <si>
     <t>#7 Hal Rogers - K</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>12:35</t>
   </si>
   <si>
     <t>CIN 18</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 18 (12:36) 85-Stanley Post ran to CIN 18 for a short gain. Tackle by 51-Michael Chavis.</t>
   </si>
   <si>
     <t>#9 Lee Chen - QB</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#19 Cedric Wood - WR</t>
   </si>
   <si>
-    <t>#17 Larry Shafer - WR</t>
+    <t>#17 Larry Shafer - C</t>
   </si>
   <si>
     <t>#88 Sterling Drake - WR</t>
   </si>
   <si>
     <t>#1 Frank Dardar - WR</t>
   </si>
   <si>
     <t>#65 Joseph Jones - LT</t>
   </si>
   <si>
     <t>#78 Mark Todd - LG</t>
   </si>
   <si>
     <t>#54 Reginald Crosby - C</t>
   </si>
   <si>
     <t>#58 Alexander Gonzalez - RG</t>
   </si>
   <si>
     <t>#67 Benjamin Marciniak - RT</t>
   </si>
   <si>
     <t>#68 Roy Cousins - LDE</t>
   </si>
@@ -638,51 +638,51 @@
   <si>
     <t>1-10-SEA 29 (10:40) 1-Stanley McKeon pass complete to 18-Lonnie Mitchell to SEA 41 for 12 yards. Tackle by 39-Everett Saucedo.</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>1-10-SEA 41 (9:56) 1-Stanley McKeon pass complete to 18-Lonnie Mitchell to CIN 45 for 14 yards. Tackle by 39-Everett Saucedo. CIN 23-Solomon Michael was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>CIN 45</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-CIN 45 (9:22) 1-Stanley McKeon sacked at SEA 47 for -8 yards (53-Harry Ulrich). Sack allowed by 60-Kevin Downey.</t>
   </si>
   <si>
-    <t>#82 Ryan Perry - WR</t>
+    <t>#11 Ryan Perry - WR</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>2-18-SEA 47 (8:41) 4-Luther McClure ran to CIN 49 for 4 yards. Tackle by 21-John Ashley.</t>
   </si>
   <si>
     <t>8:07</t>
   </si>
   <si>
     <t>CIN 49</t>
   </si>
   <si>
     <t>3-14-CIN 49 (8:06) 1-Stanley McKeon pass Pass knocked down by 46-Luis Foster. incomplete, intended for 18-Lonnie Mitchell. PENALTY - Pass Interference (CIN 46-Luis Foster)</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>CIN 40</t>
   </si>
@@ -1166,51 +1166,51 @@
   <si>
     <t>4-5-CIN 26 (2:48) 17-Brian England punts 52 yards to SEA 22. Fair Catch by 33-John Moffet.</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
   <si>
     <t>SEA 22</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>1-10-SEA 22 (2:41) 1-Stanley McKeon pass complete to 87-Aubrey Lawson to CIN 4 for 74 yards. Tackle by 39-Everett Saucedo. It looks like the offense is starting to get familiar with that defensive play.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>1-4-CIN 4 (2:00) 1-Stanley McKeon pass INTERCEPTED by 46-Luis Foster at CIN -2. 46-Luis Foster for 0 yards. Tackle by 82-Ryan Perry. Touchback.</t>
   </si>
   <si>
-    <t>#53 Nathaniel Gonzalez - RT</t>
+    <t>#78 Nathaniel Gonzalez - RT</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>CIN 20</t>
   </si>
   <si>
     <t>1-10-CIN 20 (1:58) 85-Stanley Post ran to CIN 19 for -1 yards. Tackle by 49-Justin Adams.</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>2-11-CIN 19 (1:15) 14-Larry Shafer ran to CIN 28 for 9 yards. Tackle by 3-James Rosen.</t>
   </si>
   <si>
     <t>0:35</t>
   </si>
   <si>
     <t>3-2-CIN 28 (0:34) 85-Stanley Post ran to CIN 32 for 4 yards. Tackle by 51-Michael Chavis.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>