--- v0 (2025-11-04)
+++ v1 (2025-12-07)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-CIN 25 (15:00) 85-Stanley Post ran to CIN 27 for 2 yards. Tackle by 50-Nathan Hall.</t>
   </si>
   <si>
     <t>#9 Lee Chen - QB</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
     <t>#19 Cedric Wood - WR</t>
   </si>
   <si>
     <t>#14 Larry Shafer - WR</t>
   </si>
   <si>
     <t>#25 Brett Norman - WR</t>
   </si>
   <si>
     <t>#82 Thomas Lord - WR</t>
   </si>
   <si>
     <t>#65 Joseph Jones - LT</t>
   </si>
   <si>
-    <t>#78 Mark Todd - LT</t>
+    <t>#78 Mark Todd - LG</t>
   </si>
   <si>
     <t>#68 Peter Crawford - C</t>
   </si>
   <si>
     <t>#67 Benjamin Marciniak - RT</t>
   </si>
   <si>
     <t>#73 Rocco Schwartz - RT</t>
   </si>
   <si>
     <t>#78 Adam Argo - DT</t>
   </si>
   <si>
     <t>#95 Steven Evans - RDE</t>
   </si>
   <si>
     <t>#69 Warren Barge - DT</t>
   </si>
   <si>
     <t>#94 Kenneth Strauss - RDE</t>
   </si>
   <si>
     <t>#43 David Jones - CB</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-CIN 27 (14:11) 17-Brian England punts 48 yards to IND 24. Fair Catch by 25-Eric Abarca.</t>
   </si>
   <si>
     <t>#17 Brian England - P</t>
   </si>
   <si>
     <t>#4 Peter Woods - WR</t>
   </si>
   <si>
     <t>#84 Glenn Moreno - WR</t>
   </si>
   <si>
     <t>#23 Ryan Boston - CB</t>
   </si>
   <si>
     <t>#35 Andrew Brodbeck - CB</t>
   </si>
   <si>
     <t>#59 Everett Thompson - RG</t>
   </si>
   <si>
-    <t>#70 Donald Maddox - C</t>
+    <t>#50 Donald Maddox - C</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#93 John Keller - SLB</t>
   </si>
   <si>
     <t>#55 Roger Cory - C</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>IND 24</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Short</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-IND 24 (14:04) 11-Juan Dotson pass complete to 87-David Daly to IND 32 for 8 yards. Tackle by 39-Everett Saucedo. IND 80-Anthony Ferry was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>2-10-CIN 31 (11:57) 11-Juan Dotson pass Pass knocked down by 39-Everett Saucedo. incomplete, intended for 16-Orville Witten.</t>
   </si>
   <si>
     <t>#13 Greg Hall - WR</t>
   </si>
   <si>
     <t>#60 Scott Pattison - DT</t>
   </si>
   <si>
     <t>11:53</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-10-CIN 31 (11:54) 11-Juan Dotson pass complete to 87-David Daly to CIN 22 for 9 yards. 87-David Daly FUMBLES (49-Patrick Gunderson) recovered by CIN-49-Patrick Gunderson to CIN 15 for -3 yards. Tackle by 4-Peter Woods.</t>
   </si>
   <si>
-    <t>#91 Charles Fisher - LDE</t>
+    <t>#93 Charles Fisher - LDE</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>CIN 15</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-CIN 15 (11:48) 9-Lee Chen sacked at CIN 7 for -8 yards (43-David Jones) IND 96-Charles Rosales was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#61 Arnold Seibold - RG</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>CIN 7</t>
   </si>
@@ -992,51 +992,51 @@
   <si>
     <t>2-8-IND 31 (13:43) 9-Lee Chen pass Pass knocked down by 44-Jamie Anderson. incomplete, intended for 85-Stanley Post.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-8-IND 31 (13:39) 9-Lee Chen pass complete to 19-Cedric Wood to IND 31 for a short gain. Tackle by 44-Jamie Anderson.</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>4-8-IND 31 (13:03) 7-Hal Rogers 48 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>#11 Eddie Hendrickson - QB</t>
   </si>
   <si>
     <t>#7 Hal Rogers - K</t>
   </si>
   <si>
-    <t>#72 Alexander Gonzalez - RT</t>
+    <t>#58 Alexander Gonzalez - RG</t>
   </si>
   <si>
     <t>#97 Michael Keane - DT</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>IND 38</t>
   </si>
   <si>
     <t>1-10-IND 38 (12:59) 11-Juan Dotson pass Pass knocked down by 41-Norman Maxwell. incomplete, intended for 80-Anthony Ferry. Pressure by 96-Nathan Cowie.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>2-10-IND 38 (12:56) 11-Juan Dotson pass complete to 80-Anthony Ferry to IND 47 for 9 yards. Tackle by 41-Norman Maxwell.</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>IND 47</t>
   </si>