--- v0 (2025-11-04)
+++ v1 (2025-12-07)
@@ -284,279 +284,279 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DAY has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Joseph Day kicks 74 yards from DAY 35 to TEX -9. Touchback.</t>
   </si>
   <si>
     <t>#28 Frederick Ward - WR</t>
   </si>
   <si>
-    <t>#89 Michael Gray - WR</t>
+    <t>#42 Michael Gray - RB</t>
   </si>
   <si>
     <t>#56 Enrique Murray - SS</t>
   </si>
   <si>
     <t>#29 Terry Perry - CB</t>
   </si>
   <si>
     <t>#49 Marvin Williams - CB</t>
   </si>
   <si>
-    <t>#52 Rodney Reyes - WLB</t>
+    <t>#52 Rodney Reyes - CB</t>
   </si>
   <si>
     <t>#41 Adam Robinson - CB</t>
   </si>
   <si>
-    <t>#1 Ted Eberly - P</t>
-[...5 lines deleted...]
-    <t>#98 Michael Ley - RDE</t>
+    <t>#1 Ted Eberly - WR</t>
+  </si>
+  <si>
+    <t>#73 Edward Burton - LDE</t>
+  </si>
+  <si>
+    <t>#56 Michael Ley - RDE</t>
   </si>
   <si>
     <t>#40 Porfirio Shoemaker - SS</t>
   </si>
   <si>
     <t>#3 Joseph Day - K</t>
   </si>
   <si>
     <t>TEX</t>
   </si>
   <si>
     <t>TEX 25</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TEX 25 (15:00) 9-Steven Parent pass Pass knocked down by 28-Donald Michael. incomplete, intended for 28-Frederick Ward.</t>
   </si>
   <si>
     <t>#9 Steven Parent - QB</t>
   </si>
   <si>
     <t>#43 Donald Singletary - WR</t>
   </si>
   <si>
     <t>#87 Roger Rodriguez - WR</t>
   </si>
   <si>
     <t>#8 William Holley - WR</t>
   </si>
   <si>
     <t>#93 Thomas Epps - LT</t>
   </si>
   <si>
     <t>#61 Curtis Gray - LG</t>
   </si>
   <si>
-    <t>#62 Larry Ballard - C</t>
+    <t>#62 Larry Ballard - LG</t>
   </si>
   <si>
     <t>#67 David Kelleher - C</t>
   </si>
   <si>
     <t>#63 Clarence Larabee - RT</t>
   </si>
   <si>
     <t>#95 Joe Young - LDE</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
-    <t>#91 William Bridwell - RDE</t>
+    <t>#91 William Bridwell - LDE</t>
   </si>
   <si>
     <t>#35 Michael Judy - WLB</t>
   </si>
   <si>
-    <t>#28 Donald Michael - WLB</t>
-[...8 lines deleted...]
-    <t>#38 George Brown - CB</t>
+    <t>#28 Donald Michael - RDE</t>
+  </si>
+  <si>
+    <t>#41 John Branch - RDE</t>
+  </si>
+  <si>
+    <t>#59 Alex Schmidt - SLB</t>
+  </si>
+  <si>
+    <t>#38 George Brown - RDE</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
-    <t>#99 David Hartzler - SS</t>
-[...2 lines deleted...]
-    <t>#56 Vincent Watson - CB</t>
+    <t>#99 David Hartzler - FS</t>
+  </si>
+  <si>
+    <t>#29 Vincent Watson - CB</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>2-10-TEX 25 (14:56) 9-Steven Parent pass Pass knocked down by 92-Douglas Roof. incomplete, intended for 28-Frederick Ward.</t>
   </si>
   <si>
-    <t>#14 Van McComb - RB</t>
+    <t>#14 Van McComb - WR</t>
   </si>
   <si>
     <t>#80 Daniel Allen - WR</t>
   </si>
   <si>
-    <t>#72 William Apple - RDE</t>
+    <t>#72 William Apple - MLB</t>
   </si>
   <si>
     <t>#33 John Baines - DT</t>
   </si>
   <si>
-    <t>#92 Douglas Roof - WLB</t>
-[...2 lines deleted...]
-    <t>#76 John Williams - WLB</t>
+    <t>#92 Douglas Roof - SS</t>
+  </si>
+  <si>
+    <t>#76 John Williams - RDE</t>
   </si>
   <si>
     <t>#42 Wayne Elswick - CB</t>
   </si>
   <si>
     <t>#25 Carl Parramore - CB</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-10-TEX 25 (14:54) 9-Steven Parent pass complete to 28-Frederick Ward to TEX 30 for 5 yards. Tackle by 90-Patrick Wallace. 28-Frederick Ward breaks down the CB.</t>
   </si>
   <si>
     <t>#90 Patrick Wallace - CB</t>
   </si>
   <si>
     <t>#47 Derrick Pinson - CB</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>TEX 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-TEX 30 (14:11) 18-Donald Howery punts 45 yards to DAY 25. Fair Catch by 10-Scott Rodriquez.</t>
   </si>
   <si>
     <t>#18 Donald Howery - P</t>
   </si>
   <si>
     <t>#74 Steven Hayes - RT</t>
   </si>
   <si>
-    <t>#10 Scott Rodriquez - WR</t>
-[...2 lines deleted...]
-    <t>#87 Enrique Pierce - WR</t>
+    <t>#10 Scott Rodriquez - C</t>
+  </si>
+  <si>
+    <t>#87 Enrique Pierce - C</t>
   </si>
   <si>
     <t>#39 Sean Kolb - RB</t>
   </si>
   <si>
-    <t>#86 Joseph Hearn - FB</t>
-[...2 lines deleted...]
-    <t>#19 Phillip Mandell - FB</t>
+    <t>#86 Joseph Hearn - C</t>
+  </si>
+  <si>
+    <t>#19 Phillip Mandell - WR</t>
   </si>
   <si>
     <t>#60 Bruce Lujan - FB</t>
   </si>
   <si>
     <t>#66 Ralph Gass - LG</t>
   </si>
   <si>
-    <t>#62 Craig Miller - RDE</t>
+    <t>#56 Craig Miller - SLB</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-DAY 25 (14:04) 49-Richard Espinal ran to DAY 29 for 5 yards. Tackle by 40-Porfirio Shoemaker.</t>
   </si>
   <si>
     <t>#9 Matthew Powers - QB</t>
   </si>
   <si>
     <t>#49 Richard Espinal - RB</t>
   </si>
   <si>
-    <t>#27 Donald Myers - RB</t>
-[...5 lines deleted...]
-    <t>#68 Edward Campbell - LT</t>
+    <t>#27 Donald Myers - WR</t>
+  </si>
+  <si>
+    <t>#16 William Smith - WR</t>
+  </si>
+  <si>
+    <t>#68 Edward Campbell - C</t>
   </si>
   <si>
     <t>#57 Robert Cortez - C</t>
   </si>
   <si>
     <t>#69 John Clements - C</t>
   </si>
   <si>
     <t>#77 Jack Stone - C</t>
   </si>
   <si>
     <t>#83 Adam Hogan - C</t>
   </si>
   <si>
     <t>#94 George Winslow - LDE</t>
   </si>
   <si>
     <t>#92 Jose Negron - DT</t>
   </si>
   <si>
     <t>#91 Robert Adams - DT</t>
   </si>
   <si>
     <t>#25 Franklin Sanchez - CB</t>
   </si>
@@ -791,51 +791,51 @@
   <si>
     <t>5:47</t>
   </si>
   <si>
     <t>DAY 40</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>3-11-DAY 40 (5:46) 49-Richard Espinal ran to DAY 45 for 5 yards. Tackle by 40-Porfirio Shoemaker.</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
   <si>
     <t>DAY 45</t>
   </si>
   <si>
     <t>4-6-DAY 45 (5:10) 5-George Brown punts 56 yards to TEX -1.4-6-DAY 45 (5:10) 5-George Brown punts 56 yards to TEX -1. Touchback.</t>
   </si>
   <si>
-    <t>#61 Ruben Merkel - C</t>
+    <t>#61 Ruben Merkel - LG</t>
   </si>
   <si>
     <t>5:01</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>1-10-TEX 20 (5:02) PENALTY - False Start (TEX 28-Frederick Ward)</t>
   </si>
   <si>
     <t>TEX 15</t>
   </si>
   <si>
     <t>1-15-TEX 15 (5:02) 9-Steven Parent pass incomplete, dropped by 28-Frederick Ward. Excellent coverage on that play.</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
@@ -917,51 +917,51 @@
   <si>
     <t>3-10-TEX 37 (2:03) 9-Matthew Powers pass complete to 86-Joseph Hearn to TEX 25 for 12 yards. Tackle by 40-Porfirio Shoemaker.</t>
   </si>
   <si>
     <t>1:31</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TEX 25 (1:30) 9-Matthew Powers pass complete to 87-Enrique Pierce to TEX 12 for 13 yards. Tackle by 40-Porfirio Shoemaker. 41-Adam Robinson got away with a hold on that play.</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-TEX 12 (0:47) 49-Richard Espinal ran to TEX 1 for 11 yards. Tackle by 56-Enrique Murray.</t>
   </si>
   <si>
-    <t>#45 Miguel Frazier - SS</t>
+    <t>#98 Miguel Frazier - RDE</t>
   </si>
   <si>
     <t>0:08</t>
   </si>
   <si>
     <t>TEX 1</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-1-TEX 1 (0:07) 9-Matthew Powers pass Pass knocked down by 40-Porfirio Shoemaker. incomplete, intended for 15-John Hebert.</t>
   </si>
   <si>
     <t>0:03</t>
   </si>
   <si>
     <t>2-1-TEX 1 (0:04) 81-Travis Benoit ran to TEX 2 for -1 yards. Tackle by 56-Enrique Murray.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
@@ -2246,111 +2246,111 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="330.205" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>