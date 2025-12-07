--- v0 (2025-11-04)
+++ v1 (2025-12-07)
@@ -299,126 +299,126 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Calvin Carper kicks 75 yards from PRI 35 to MEM -10. Touchback.</t>
   </si>
   <si>
     <t>#83 Jonathan Blanford - WR</t>
   </si>
   <si>
     <t>#96 George Murphy - CB</t>
   </si>
   <si>
     <t>#98 Tom Jordan - DT</t>
   </si>
   <si>
     <t>#50 Claude Loftis - MLB</t>
   </si>
   <si>
     <t>#92 Nicholas Knight - RDE</t>
   </si>
   <si>
     <t>#43 John Parrish - FS</t>
   </si>
   <si>
-    <t>#56 Tony Englert - SLB</t>
-[...2 lines deleted...]
-    <t>#99 Harold Ferris - LDE</t>
+    <t>#53 Tony Englert - WLB</t>
+  </si>
+  <si>
+    <t>#99 Harold Ferris - RDE</t>
   </si>
   <si>
     <t>#51 Robert Kellar - WLB</t>
   </si>
   <si>
     <t>#3 Joshua Norman - SS</t>
   </si>
   <si>
     <t>#79 Stephen Solis - LDE</t>
   </si>
   <si>
     <t>#1 Calvin Carper - K</t>
   </si>
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>MEM 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-MEM 25 (15:00) 10-Raymond Pica pass Pass knocked down by 39-Victor Holm. incomplete, intended for 84-Joshua Dearman.</t>
   </si>
   <si>
     <t>#10 Raymond Pica - QB</t>
   </si>
   <si>
     <t>#24 Eliseo Simmons - RB</t>
   </si>
   <si>
-    <t>#45 Clinton Booker - FB</t>
+    <t>#45 Clinton Booker - TE</t>
   </si>
   <si>
     <t>#84 Joshua Dearman - TE</t>
   </si>
   <si>
     <t>#14 Thomas Heldt - WR</t>
   </si>
   <si>
     <t>#60 Ralph Crose - LT</t>
   </si>
   <si>
     <t>#63 Nicholas Owens - LG</t>
   </si>
   <si>
     <t>#75 Terrell McGuire - C</t>
   </si>
   <si>
     <t>#64 Danny Partridge - RG</t>
   </si>
   <si>
-    <t>#69 Edward Leal - RT</t>
-[...2 lines deleted...]
-    <t>#96 Lloyd Sanderson - LDE</t>
+    <t>#68 Edward Leal - RT</t>
+  </si>
+  <si>
+    <t>#53 Lloyd Sanderson - LDE</t>
   </si>
   <si>
     <t>#77 Chris Savage - DT</t>
   </si>
   <si>
     <t>#71 Robert Sylvia - DT</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
-    <t>#90 Jessie Caldwell - CB</t>
+    <t>#35 Jessie Caldwell - FS</t>
   </si>
   <si>
     <t>#34 Raymond Vincent - CB</t>
   </si>
   <si>
     <t>#59 Ellis Jones - CB</t>
   </si>
   <si>
     <t>#97 Pablo Mallory - CB</t>
   </si>
   <si>
     <t>#20 George Young - CB</t>
   </si>
   <si>
     <t>#43 Felix Hunt - CB</t>
   </si>
   <si>
     <t>#39 Victor Holm - CB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -539,141 +539,141 @@
   <si>
     <t>3-1-PRI 40 (11:23) 10-Raymond Pica pass Pass knocked down by 43-Felix Hunt. incomplete, intended for 85-David Mendoza.</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-PRI 40 (11:21) 4-Timothy Griffin 57 yard field goal is GOOD. MEM 3 PRI 0</t>
   </si>
   <si>
     <t>#77 Albert Dowdy - LT</t>
   </si>
   <si>
     <t>#4 Timothy Griffin - K</t>
   </si>
   <si>
     <t>#80 Patrick Brunet - C</t>
   </si>
   <si>
-    <t>#62 Kenneth Allen - LT</t>
-[...2 lines deleted...]
-    <t>#76 Travis Heck - DT</t>
+    <t>#62 Kenneth Allen - RT</t>
+  </si>
+  <si>
+    <t>#54 Travis Heck - DT</t>
   </si>
   <si>
     <t>#72 Billy Garrick - RDE</t>
   </si>
   <si>
     <t>#47 Henry Mumma - CB</t>
   </si>
   <si>
     <t>#73 Kieth Alston - RDE</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>MEM 35</t>
   </si>
   <si>
     <t>(11:16) 4-Timothy Griffin kicks 75 yards from MEM 35 to PRI -10. Touchback.</t>
   </si>
   <si>
-    <t>#45 Henry Casey - WR</t>
+    <t>#14 Henry Casey - WR</t>
   </si>
   <si>
     <t>#36 George Lewis - CB</t>
   </si>
   <si>
     <t>#55 Keith Franqui - CB</t>
   </si>
   <si>
     <t>PRI 25</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-PRI 25 (11:16) 7-Gary Villicana pass complete to 45-Henry Casey to PRI 32 for 7 yards. Tackle by 44-Thomas Hunter. PENALTY - Pass Interference (MEM 44-Thomas Hunter)</t>
   </si>
   <si>
     <t>#7 Gary Villicana - QB</t>
   </si>
   <si>
     <t>#42 Timothy Menendez - WR</t>
   </si>
   <si>
     <t>#86 Jimmy Teague - WR</t>
   </si>
   <si>
     <t>#30 Chuck Novick - WR</t>
   </si>
   <si>
     <t>#19 Billy Ford - WR</t>
   </si>
   <si>
     <t>#51 Joseph Jacob - LT</t>
   </si>
   <si>
-    <t>#66 Robert Neely - LT</t>
+    <t>#66 Robert Neely - LG</t>
   </si>
   <si>
     <t>#60 Mathew Felton - C</t>
   </si>
   <si>
     <t>#61 Bryon Poirier - RG</t>
   </si>
   <si>
     <t>#58 Steven Hyland - RT</t>
   </si>
   <si>
-    <t>#90 John Hawkins - LDE</t>
-[...2 lines deleted...]
-    <t>#65 Norman Gates - LDE</t>
+    <t>#94 John Hawkins - LDE</t>
+  </si>
+  <si>
+    <t>#94 Norman Gates - LDE</t>
   </si>
   <si>
     <t>#91 Sergio Crowe - RDE</t>
   </si>
   <si>
     <t>#52 Ted Irish - SLB</t>
   </si>
   <si>
     <t>#22 Fred Walker - CB</t>
   </si>
   <si>
     <t>#44 Thomas Hunter - CB</t>
   </si>
   <si>
-    <t>#32 Carl Dallas - CB</t>
+    <t>#32 Carl Dallas - SS</t>
   </si>
   <si>
     <t>#27 Dale Pankey - SS</t>
   </si>
   <si>
     <t>#48 Luis Seeman - FS</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>PRI 30</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-PRI 30 (11:13) 42-Timothy Menendez ran to PRI 32 for 2 yards. Tackle by 98-Tom Jordan.</t>
   </si>
   <si>
     <t>#40 Stanley Farber - WR</t>
   </si>
@@ -1433,51 +1433,51 @@
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-PRI 25 (10:43) 7-Gary Villicana pass complete to 30-Chuck Novick to PRI 40 for 15 yards. Tackle by 44-Thomas Hunter. 30-Chuck Novick breaks down the CB. PENALTY - Facemask (MEM 96-George Murphy)</t>
   </si>
   <si>
     <t>1-10-MEM 45 (10:39) 42-Timothy Menendez ran to MEM 44 for a short gain. Tackle by 48-Luis Seeman.</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>2-10-MEM 44 (9:57) 7-Gary Villicana pass complete to 31-James Joyner to MEM 41 for 4 yards. Tackle by 3-Joshua Norman. PRI 60-Mathew Felton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>3-6-MEM 41 (9:22) 7-Gary Villicana pass complete to 40-Stanley Farber for 41 yards. TOUCHDOWN! The defense seems to be calling that same play a lot. MEM 6 PRI 13</t>
   </si>
   <si>
-    <t>#62 Gary Lawrence - C</t>
+    <t>#64 Gary Lawrence - C</t>
   </si>
   <si>
     <t>(9:15) Extra point GOOD by 1-Calvin Carper. MEM 6 PRI 14</t>
   </si>
   <si>
     <t>(9:15) 1-Calvin Carper kicks 63 yards from PRI 35 to MEM 2. 83-Jonathan Blanford to MEM 20 for 19 yards. Tackle by 91-Dennis Quesada.</t>
   </si>
   <si>
     <t>#17 John Enriquez - WR</t>
   </si>
   <si>
     <t>9:09</t>
   </si>
   <si>
     <t>1-10-MEM 20 (9:10) 24-Eliseo Simmons ran to MEM 21 for 1 yards. Tackle by 48-Lawrence Eldridge.</t>
   </si>
   <si>
     <t>#6 Robert Boswell - CB</t>
   </si>
   <si>
     <t>2-9-MEM 21 (8:34) 24-Eliseo Simmons ran to MEM 27 for 6 yards. Tackle by 39-Victor Holm.</t>
   </si>
   <si>
     <t>7:59</t>
   </si>