--- v0 (2025-11-04)
+++ v1 (2025-12-07)
@@ -296,189 +296,189 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Steven Westmoreland kicks 72 yards from MTG 35 to VBA -7. Touchback.</t>
   </si>
   <si>
     <t>#87 Peter Leos - WR</t>
   </si>
   <si>
     <t>#59 Ronald Willis - LDE</t>
   </si>
   <si>
     <t>#51 Patrick Connor - FS</t>
   </si>
   <si>
     <t>#31 Albert Pruitt - CB</t>
   </si>
   <si>
     <t>#86 John Eubanks - C</t>
   </si>
   <si>
-    <t>#85 Gerald Antoine - LG</t>
+    <t>#52 Gerald Antoine - LG</t>
   </si>
   <si>
     <t>#32 Bernard Adrian - CB</t>
   </si>
   <si>
     <t>#43 Victor Dyer - CB</t>
   </si>
   <si>
     <t>#81 John Wood - WR</t>
   </si>
   <si>
     <t>#80 Jeffrey Long - WR</t>
   </si>
   <si>
     <t>#99 Robert Haughton - CB</t>
   </si>
   <si>
     <t>#7 Steven Westmoreland - K</t>
   </si>
   <si>
     <t>VBA</t>
   </si>
   <si>
     <t>VBA 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-VBA 25 (15:00) 12-James Poore ran to VBA 29 for 4 yards. Tackle by 59-Eric Brand.</t>
   </si>
   <si>
     <t>#6 Jeffrey Lovell - QB</t>
   </si>
   <si>
     <t>#12 James Poore - WR</t>
   </si>
   <si>
     <t>#84 Donald Magness - TE</t>
   </si>
   <si>
-    <t>#89 Walter Davis - WR</t>
+    <t>#11 Walter Davis - WR</t>
   </si>
   <si>
     <t>#18 Carlton Bellows - WR</t>
   </si>
   <si>
     <t>#64 Lino Runyon - LG</t>
   </si>
   <si>
     <t>#22 David Lopez - LG</t>
   </si>
   <si>
     <t>#54 Gary Vanzandt - RT</t>
   </si>
   <si>
     <t>#99 Kenneth Miles - LDE</t>
   </si>
   <si>
     <t>#91 Stephen Allison - DT</t>
   </si>
   <si>
     <t>#56 Timothy Stell - DT</t>
   </si>
   <si>
     <t>#61 Christopher Spivey - RDE</t>
   </si>
   <si>
     <t>#4 Robert Marquez - SLB</t>
   </si>
   <si>
     <t>#57 Michael McConnell - MLB</t>
   </si>
   <si>
     <t>#59 Eric Brand - WLB</t>
   </si>
   <si>
-    <t>#28 Eugene Stiffler - CB</t>
+    <t>#31 Eugene Stiffler - CB</t>
   </si>
   <si>
     <t>#35 Daniel Secor - CB</t>
   </si>
   <si>
     <t>#23 Lawrence Griffiths - SS</t>
   </si>
   <si>
     <t>#42 Abel Harris - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>VBA 29</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-6-VBA 29 (14:17) 6-Jeffrey Lovell pass complete to 12-James Poore to VBA 36 for 7 yards. Tackle by 23-Lawrence Griffiths.</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>VBA 36</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-VBA 36 (13:42) 6-Jeffrey Lovell pass Pass knocked down by 57-Michael McConnell. incomplete, intended for 12-James Poore. Pressure by 61-Christopher Spivey.</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>2-10-VBA 36 (13:38) 12-James Poore ran to VBA 36 for a short loss. Tackle by 59-Eric Brand.</t>
   </si>
   <si>
-    <t>#53 Jeremy Sane - LDE</t>
+    <t>#77 Jeremy Sane - LDE</t>
   </si>
   <si>
     <t>#40 Kerry Moreno - CB</t>
   </si>
   <si>
     <t>#39 Elbert Griffin - CB</t>
   </si>
   <si>
-    <t>#1 Leslie Cummings - SS</t>
+    <t>#48 Leslie Cummings - CB</t>
   </si>
   <si>
     <t>#37 Leonard Carter - FS</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>3-10-VBA 36 (13:04) 12-James Poore ran to VBA 38 for 3 yards. Tackle by 4-Robert Marquez.</t>
   </si>
   <si>
     <t>12:33</t>
   </si>
   <si>
     <t>VBA 38</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
@@ -539,75 +539,75 @@
   <si>
     <t>#79 Karl Palumbo - RG</t>
   </si>
   <si>
     <t>#78 Terry Williamson - RT</t>
   </si>
   <si>
     <t>#53 Lowell Guyton - RDE</t>
   </si>
   <si>
     <t>#63 Bobby Foster - DT</t>
   </si>
   <si>
     <t>#61 John Hutchings - DT</t>
   </si>
   <si>
     <t>#74 Robert Giunta - RDE</t>
   </si>
   <si>
     <t>#90 Jerome Evans - MLB</t>
   </si>
   <si>
     <t>#42 Miguel Tavarez - SS</t>
   </si>
   <si>
-    <t>#94 James Felipe - WLB</t>
+    <t>#98 James Felipe - WLB</t>
   </si>
   <si>
     <t>#48 George Fernandez - CB</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>MTG 23</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-MTG 23 (11:40) 38-Norman Romero ran to MTG 35 for 12 yards. Tackle by 43-Victor Dyer. VBA 63-Bobby Foster was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#38 Norman Romero - RB</t>
   </si>
   <si>
-    <t>#80 Paul Glass - WR</t>
+    <t>#86 Paul Glass - WR</t>
   </si>
   <si>
     <t>#38 Roderick Dillard - CB</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MTG 35 (11:01) 16-Felix Hund ran to MTG 36 for 1 yards. Tackle by 42-Miguel Tavarez.</t>
   </si>
   <si>
     <t>#83 Carlton Bevis - TE</t>
   </si>
   <si>
     <t>#55 Norman Russo - DT</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
@@ -2254,51 +2254,51 @@
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>