--- v0 (2025-11-04)
+++ v1 (2025-12-07)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TBY has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Clinton Matheson kicks 68 yards from TBY 35 to BRO -3. 29-Joshua Warfield to BRO 26 for 30 yards. Tackle by 95-Franklin Coffey. 32-Boo Radley missed that block completely. TBY 30-Dominick Walker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#29 Joshua Warfield - RB</t>
   </si>
   <si>
-    <t>#21 Robert Carter - CB</t>
+    <t>#28 Robert Carter - CB</t>
   </si>
   <si>
     <t>#56 Gabriel Hiner - WLB</t>
   </si>
   <si>
     <t>#32 Boo Radley - CB</t>
   </si>
   <si>
     <t>#28 Benny Smalling - FS</t>
   </si>
   <si>
     <t>#55 Beaver Cleaver - WLB</t>
   </si>
   <si>
     <t>#24 Curtis Byars - SS</t>
   </si>
   <si>
     <t>#34 Edwin Kellum - CB</t>
   </si>
   <si>
     <t>#40 Bull Ramos - FB</t>
   </si>
   <si>
     <t>#53 Bobby Mitchell - WLB</t>
   </si>
@@ -425,51 +425,51 @@
   <si>
     <t>BRO 40</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BRO 40 (14:09) 1-David Waltz pass complete to 13-JT Cahanin to BRO 44 for 5 yards. Tackle by 47-Avery Berlin.</t>
   </si>
   <si>
     <t>#92 Ted Johnson - LDE</t>
   </si>
   <si>
     <t>#60 Ronald Talmage - DT</t>
   </si>
   <si>
     <t>#95 Franklin Coffey - DT</t>
   </si>
   <si>
     <t>#96 Michael Navarre - SLB</t>
   </si>
   <si>
-    <t>#91 Vincent McDermott - SLB</t>
+    <t>#57 Vincent McDermott - MLB</t>
   </si>
   <si>
     <t>#47 Avery Berlin - SS</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>BRO 44</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-5-BRO 44 (13:28) 13-JT Cahanin ran to TBY 46 for 9 yards. Tackle by 34-James Rodriguez. TBY 60-Ronald Talmage was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>TBY 46</t>
   </si>
@@ -530,111 +530,111 @@
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>TBY 5</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-TBY 5 (10:17) 10-Richard Sanders 23 yard field goal is GOOD. BRO 3 TBY 0</t>
   </si>
   <si>
     <t>#59 Edward Nowlin - C</t>
   </si>
   <si>
     <t>#10 Richard Sanders - K</t>
   </si>
   <si>
     <t>#66 Eli  Sixkiller - LG</t>
   </si>
   <si>
-    <t>#67 Leroy Szabo - C</t>
+    <t>#46 Leroy Szabo - FB</t>
   </si>
   <si>
     <t>#73 Larry Keane - LT</t>
   </si>
   <si>
     <t>#90 Bruce Smith - WLB</t>
   </si>
   <si>
-    <t>#51 Robert Carrozza - MLB</t>
+    <t>#96 Robert Carrozza - MLB</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>BRO 35</t>
   </si>
   <si>
     <t>(10:14) 10-Richard Sanders kicks 74 yards from BRO 35 to TBY -9. Touchback.</t>
   </si>
   <si>
     <t>#17 Chester True - WR</t>
   </si>
   <si>
     <t>#80 Gregory Martinez - TE</t>
   </si>
   <si>
     <t>#94 Timothy Dangelo - SLB</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 25 (10:14) 15-Francis Walker pass Pass knocked down by 32-Boo Radley. incomplete, intended for 23-Jose Ratliff.</t>
   </si>
   <si>
     <t>#15 Francis Walker - QB</t>
   </si>
   <si>
     <t>#23 Jose Ratliff - RB</t>
   </si>
   <si>
     <t>#83 Robert Gonzalez - TE</t>
   </si>
   <si>
     <t>#38 John Brumback - FB</t>
   </si>
   <si>
     <t>#85 Michael Sanders - WR</t>
   </si>
   <si>
     <t>#68 Walter Burleson - LT</t>
   </si>
   <si>
-    <t>#64 Michael Dougherty - LG</t>
+    <t>#73 Michael Dougherty - LT</t>
   </si>
   <si>
     <t>#59 Danny Thomas - C</t>
   </si>
   <si>
     <t>#66 David Julian - RG</t>
   </si>
   <si>
     <t>#74 Jesse Wagner - RT</t>
   </si>
   <si>
     <t>#90 Justin Voegele - LDE</t>
   </si>
   <si>
     <t>#61 Atticus Finch - DT</t>
   </si>
   <si>
     <t>#92 Bubba Reynolds - LDE</t>
   </si>
   <si>
     <t>#94 Gregory Hedden - RDE</t>
   </si>
   <si>
     <t>#41 Carmen Lyons - CB</t>
   </si>